--- v0 (2025-12-02)
+++ v1 (2026-03-10)
@@ -48,4430 +48,4430 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9373</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AOS ARTIGOS 195, 197 E 203 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9354</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA/LEGISLATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9197</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9197/resolucao_353.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9197/resolucao_353.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO A RESOLUÇÃO N° 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9162</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9162/resolucao_352.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9162/resolucao_352.pdf</t>
   </si>
   <si>
     <t>INSTITUI PRÊMIO DE "MEDALHA LEGISLATIVA PROFESSOR NELSON MORAES" A SER CONCEDIDA AOS ALUNOS QUE SE DESTACAREM NA REDE PÚBLICA, MUNICIPAL OU ESTADUAL DE ENSINO, E REDE PRIVADA DE ENSINO</t>
   </si>
   <si>
     <t>9160</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9160/resolucao_no_351.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9160/resolucao_no_351.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO DE FISCALIZAÇÃO E ACOMPANHAMENTO DA EXECUÇÃO DO ORÇAMENTO ANUAL E DAS POLÍTICAS PÚBLICAS DO PODER EXECUTIVO MUNICIPAL, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9088</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9088/resolucao_350_-_subsidio_vereadores_2025-2028.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9088/resolucao_350_-_subsidio_vereadores_2025-2028.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2025-2028 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/948/resolucao_349.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/948/resolucao_349.pdf</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/947/resolucao_348.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/947/resolucao_348.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO § 4º DO ARTIGO 168 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/946/resolucao_347.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/946/resolucao_347.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA CÂMARA MUNICIPAL SEM PAPEL NO  ÂMBITO DA CASA LEGISLATIVA DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/945/resolucao_346.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/945/resolucao_346.pdf</t>
   </si>
   <si>
     <t>CRIA A ESCOLA DO LEGISLATIVO NO  ÂMBITO DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/944/resolucao_345.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/944/resolucao_345.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA GALERIA DAS VEREADORAS NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/943/resolucao_344.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/943/resolucao_344.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA ESPECIAL DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/942/resolucao_343.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/942/resolucao_343.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO § 5º E AO INCISO I DO § 7º, AMBOS DO ARTIGO 56, BEM COMO AO ARTIGO 140, TODOS DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/941/resolucao_342.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/941/resolucao_342.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 9º, SUAS ALÍNEAS E PARÁGRAFOS, TODOS DA RESOLUÇÃO Nº 322, DE 03 DE DEZEMBRO DE 2018 QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA/LEGISLATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/940/resolucao_341.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/940/resolucao_341.pdf</t>
   </si>
   <si>
     <t>ALTERA OS PARÁGRAFOS 1º E 2º DO ARTIGO 155 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ -, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/939/resolucao_340_.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/939/resolucao_340_.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À ALÍNEA "C", DO INCISO V, DO § 1º, DO ARTIGO 183, DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ -, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/938/resolucao_339.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/938/resolucao_339.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 202 "CAPUT" DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ -, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/937/resolucao_338.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/937/resolucao_338.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ARTIGO 130 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ -, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/936/resolucao_337_-_altera_artigo_167_do_ri.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/936/resolucao_337_-_altera_artigo_167_do_ri.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO À ALÍNEA "C" DO INCISO I, BEM COMO AOS INCISOS IV E VIII, TODOS DO PARÁGRAFO ÚNICO DO ARTIGO 167 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/935/resolucao_336.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/935/resolucao_336.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º DA RESOLUÇÃO Nº 335, DE 17 DE AGOSTO DE 2020, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/934/resolucao_335.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/934/resolucao_335.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RETORNO DAS SESSÕES PRESENCIAIS DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/933/resolucao_334_-_sessao_virtual.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/933/resolucao_334_-_sessao_virtual.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DO PLENÁRIO VIRTUAL ENQUANTO DURAR O PERÍODO DE ISOLAMENTO SOCIAL IMPOSTO PELAS AUTORIDADES DE SAÚDE DEVIDO AO COVID-19, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/932/resolucao_333.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/932/resolucao_333.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2021-2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/931/resolucao_332.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/931/resolucao_332.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA HONRARIA "PRÊMIO CULTURAL  ANTÔNIO YAMAMOTO" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/930/resolucao_331.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/930/resolucao_331.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 204 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/929/resolucao_330.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/929/resolucao_330.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 148 DA RESOLUÇÃO Nº 294 DE 21 DE NOVEMBRO DE 2012, QUE PASSA A VIGORAR ACRESCIDO DE PARÁGRAFOS, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/928/resolucao_329.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/928/resolucao_329.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DAS HONRARIAS "TALENTO JOVEM" E "DESTAQUE DA MELHOR IDADE" NO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/927/resolucao_328.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/927/resolucao_328.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3º E RESPECTIVO PARÁGRAFO ÚNICO DA RESOLUÇÃO Nº 307, DE 25 DE ABRIL DE 2016, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/926/resolucao_327.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/926/resolucao_327.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 100 "CAPUT", PARÁGRAFOS E INCISOS, TODOS DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/925/resolucao_326.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/925/resolucao_326.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA RESOLUÇÃO Nº 307, DE 25 DE ABRIL DE 2016, E SUA ALTERAÇÃO POSTERIOR, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/924/resolucao_325.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/924/resolucao_325.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 62 "CAPUT" DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, ACRESCENTA-LHE PARÁGRAFOS, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/923/resolucao_324.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/923/resolucao_324.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A ALÍNEA "B" DO INCISO III DO ARTIGO 91 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/922/resolucao_323.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/922/resolucao_323.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 293 "CAPUT" E RESPECTIVO § 12, AMBOS DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/921/resolucao_322.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/921/resolucao_322.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA/LEGISLATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/920/resolucao_321.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/920/resolucao_321.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE ABONO ESPECIAL DE NATAL AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/919/resolucao_320.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/919/resolucao_320.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO Nº 1 AO PROJETO DE RESOLUÇÃO Nº 11/2018 - DÁ NOVA REDAÇÃO AO ARTIGO 10 DA RESOLUÇÃO Nº 310, DE 16 DE JANEIRO DE 2017, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/918/resolucao_319.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/918/resolucao_319.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO Nº 2 AO PROJETO DE RESOLUÇÃO N.º 8/2018 - DÁ NOVA REDAÇÃO AO INCISO V DO §1º DO ART. 183, DA RESOLUÇÃO N.º 294, DE 21 DE NOVEMBRO DE 2012, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/917/resolucao_318.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/917/resolucao_318.pdf</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/916/resolucao_317.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/916/resolucao_317.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À ALÍNEA "A", DO ARTIGO 9º, DA RESOLUÇÃO Nº 310, DE 16 DE JANEIRO DE 2017, ALTERADA PELA RESOLUÇÃO Nº 313, DE 05 DE JUNHO DE 2017 E PELA RESOLUÇÃO Nº 315, DE 05 DE MARÇO DE 2018, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/915/resolucao_316.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/915/resolucao_316.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA RESOLUÇÃO Nº 307, DE 25 DE ABRIL DE 2016, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/914/resolucao_315.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/914/resolucao_315.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO § 1º DO ARTIGO 9º DA RESOLUÇÃO Nº 310, DE 16 DE JANEIRO DE 2017, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/913/resolucao_314.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/913/resolucao_314.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 242 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/912/resolucao_313.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/912/resolucao_313.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ANEXOS "A" E "B" DA RESOLUÇÃO Nº 310 DE 16 DE JANEIRO DE 2017, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/911/resolucao_312.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/911/resolucao_312.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 204 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/910/resolucao_311_-_altera_dia_das_sessoes_e_quantidade_de_indicacoes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/910/resolucao_311_-_altera_dia_das_sessoes_e_quantidade_de_indicacoes.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ -, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/909/resolucao_310_-_reforma_administrativa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/909/resolucao_310_-_reforma_administrativa.pdf</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/908/resolucao_309_-_altera_inciso_v_do__1o_do_art_183_-_no_de_titulos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/908/resolucao_309_-_altera_inciso_v_do__1o_do_art_183_-_no_de_titulos.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 183, §1º, V, DA RESOLUÇÃO N.º 294, DE 21 DE NOVEMBRO DE 2012, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/907/resolucao_308_-_altera_resolucao_302_-_controle_interno.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/907/resolucao_308_-_altera_resolucao_302_-_controle_interno.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 2º DA RESOLUÇÃO Nº 302, DE 16 DE MARÇO DE 2015, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/906/resolucao_307_-_subsidio_vereadores_2017-2020.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/906/resolucao_307_-_subsidio_vereadores_2017-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2017-2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/905/resolucao_306_-_reajuste_vereadores_2016.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/905/resolucao_306_-_reajuste_vereadores_2016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO Nº  289, DE 05 DE AGOSTO DE 2011 QUE ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2013-2016 E DÁ OUTRAS PROVIDÊNCIAS, ALTERADA PELA RESOLUÇÃO Nº  303, DE 15 DE ABRIL DE 2015</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/904/resolucao_305_-_altera_tribuna_livre.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/904/resolucao_305_-_altera_tribuna_livre.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO Nº 01 AO PROJETO DE RESOLUÇÃO Nº 03/2015 - ACRESCENTA INCISO VI AO § 1º E DÁ NOVA REDAÇÃO AO § 4º, DO ARTIGO 293 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/903/resolucao_304_-_reforma_administrativa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/903/resolucao_304_-_reforma_administrativa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/902/resolucao_303_-_reajuste_vereadores_2015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/902/resolucao_303_-_reajuste_vereadores_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO Nº  289, DE 05 DE AGOSTO DE 2011 QUE ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2013-2016 E DÁ OUTRAS PROVIDÊNCIAS, ALTERADA PELA RESOLUÇÃO Nº  299, DE 17 DE ABRIL DE 2014</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/901/resolucao_302_-_controle_interno.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/901/resolucao_302_-_controle_interno.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO SISTEMA DE CONTROLE INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/900/resolucao_301_-_altera_resolucao_298_extincao_assessor_juridico.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/900/resolucao_301_-_altera_resolucao_298_extincao_assessor_juridico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO Nº 298, DE 25 DE FEVEREIRO DE 2014, QUE FIXA A REORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9311</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9311/res-2014-362.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9311/res-2014-362.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EDUARDO SANTINON</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/899/resolucao_300_-_altera_resolucao_298_exclui_inspetor_op_legis.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/899/resolucao_300_-_altera_resolucao_298_exclui_inspetor_op_legis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO Nº 298, DE 25 DE FEVEREIRO DE 2014, QUE DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9310</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9310/res-2014-299.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9310/res-2014-299.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO Nº  289, DE 05 DE AGOSTO DE 2011 QUE ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2013-2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9309</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9309/res-2014-298.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9309/res-2014-298.pdf</t>
   </si>
   <si>
     <t>9308</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9308/res-2013-297.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9308/res-2013-297.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE CONTROLE INTERNO DO PODER LEGISLATIVO DE PORTO FELIZ E DEFINE AS COMPETÊNCIAS,  RESPONSABILIDADES E DEMAIS REGULAMENTAÇÕES DOS PROCEDIMENTOS NECESSÁRIOS</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/898/resolucao_296_-_altera_292.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/898/resolucao_296_-_altera_292.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO Nº 292, DE 17 DE SETEMBRO DE 2012, QUE DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNCIPAL DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9307</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9307/res-2013-295.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9307/res-2013-295.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA RESOLUÇÃO Nº 292, DE 17 DE SETEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9305</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9305/res-2013-289.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9305/res-2013-289.pdf</t>
   </si>
   <si>
     <t>TESTE</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/897/resolucao_294_-_novo_regimento_interno.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/897/resolucao_294_-_novo_regimento_interno.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO  FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/896/resolucao_292_-_reforma_administrativa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/896/resolucao_292_-_reforma_administrativa.pdf</t>
   </si>
   <si>
     <t>9304</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9304/res-2012-293.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9304/res-2012-293.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE NOMENCLATURA DE CARGO CONSTANTE RESOLUÇÃO Nº 292, DE 17 DE SETEMBRO DE 2012 QUE DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/895/resolucao_291_-_constituicao_comissao_especial.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/895/resolucao_291_-_constituicao_comissao_especial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE COMISSÃO ESPECIAL PARA ESTUDOS E APONTAMENTO DE SOLUÇÕES PARA O DESCARTE DE ANIMAIS MORTOS NO MUNICÍPIO DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9303</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9303/res-2012-290.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9303/res-2012-290.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA RESOLUÇÃO Nº  288, DE 25 DE MAIO DE 2011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/894/resolucao_289_-_subsidio_vereador_2013-2016.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/894/resolucao_289_-_subsidio_vereador_2013-2016.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O SUBSÍDIO DE VEREADOR PARA A LEGISLATURA 2013-2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9302</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9302/res-2011-288.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9302/res-2011-288.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA RESOLUÇÃO Nº 283, DE 19 DE ABRIL DE 2010, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/892/resolucao_287.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/892/resolucao_287.pdf</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/891/resolucao_286.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/891/resolucao_286.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA SEÇÃO II - DA ELEIÇÃO DA MESA, CONSTANTE DA RESOLUÇÃO Nº 236, DE 07 DE DEZEMBRO DE 1992, COM ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/890/resolucao_285.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/890/resolucao_285.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 6º, CONSTANTE DA RESOLUÇÃO Nº 236, DE 07 DE DEZEMBRO DE 1992, COM ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/889/resolucao_284.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/889/resolucao_284.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECURSO Nº 01/2010 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/888/resolucao_283.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/888/resolucao_283.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA CÃMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/887/resolucao_282.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/887/resolucao_282.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA RESOLUÇÃO Nº 278, DE 25 DE SETEMBRO DE 2007, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9301</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9301/res-2008-281.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9301/res-2008-281.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 5º, "caput", do Regimento Interno da Câmara Municipal de Porto Feliz</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/886/resolucao_280.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/886/resolucao_280.pdf</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/885/r000279.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/885/r000279.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE ABONO ESPECIAL DE NATAL AOS_x000D_
 SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL, CONFORME_x000D_
 ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/884/r000278.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/884/r000278.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA_x000D_
 MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/883/r000277.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/883/r000277.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA RESOLUÇÃO Nº 274, DE 15 DE DEZEMBRO DE 2005, CONFORME ESPECIFICA, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/882/r000276.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/882/r000276.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO B DA RESOLUÇÃO Nº 274, DE 15 DE_x000D_
 DEZEMBRO DE 2005, CONFORME ESPECIFICA, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/881/r000275.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/881/r000275.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CASSAÇÃO DO MANDATO DO VEREADOR_x000D_
 VALTER RODRIGUES, CONFORME ESPECIFICA, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/880/r000274.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/880/r000274.pdf</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/879/r000273.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/879/r000273.pdf</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/878/r000272.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/878/r000272.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DE PRAZO DA COMISSÃO DE_x000D_
 INVESTIGAÇÃO E PROCESSANTE, CONFORME ESPECIFICA, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9300</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9300/res-2005-271.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9300/res-2005-271.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Resolução Nº 270, de 25 de Agosto de 2.005, conforme especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/877/r000270.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/877/r000270.pdf</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/876/r000269.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/876/r000269.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DOS EQUIPAMENTOS REFERENTES AO CIRCUITO INTERNO DE TV DE TRANSMISSÃO DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/875/r000268.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/875/r000268.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL DE PORTO FELIZ O SISTEMA DE ATA ELETRÔNICA, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/874/r000267.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/874/r000267.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 160 DA RESOLUÇÃO N° 236, DE 07 DE DEZEMBRO DE 1992, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/873/r000266.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/873/r000266.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA SEÇÃO II – DA ELEIÇÃO DA MESA, CONSTANTE DA RESOLUÇÃO N° 236, DE 07 DE DEZEMBRO DE 1992, COM ALTERAÇÕES POSTERIORES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/872/r000265.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/872/r000265.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA SEÇÃO II – DA ELEIÇÃO DA MESA, CONSTANTE DA RESOLUÇÃO N° 236, DE 07 DE DEZEMBRO DE 1992, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/871/r000264.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/871/r000264.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À ALÍNEA “F” DO PARÁGRAFO PRIMEIRO DO ARTIGO 193 DA RESOLUÇÃO N° 236, DE 07 DE DEZEMBRO DE 1992 (REGIMENTO INTERNO DA CÂMARA MUNICIPAL), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/870/r000263.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/870/r000263.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA “TRIBUNA LIVRE” NAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/869/r000262.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/869/r000262.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA SECRETARIA DA CÂMARA MUNICIPAL DE PORTO FELIZ E DO QUADRO DE PESSOAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/868/r000261.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/868/r000261.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA ELABORAÇÃO DA LEI ORGÂNICA DO MUNICÍPIO DE PORTO FELIZ E DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ, NOMEAÇÃO DOS RESPECTIVOS COMPONENTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9299/res-2001-260.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9299/res-2001-260.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo único do artigo 3° da Resolução 249, de 4 de Abril de 1998</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/867/r000259.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/867/r000259.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 17, AO PARÁGRAFO 1° DO ARTIGO 24, AO “CAPUT” DO ARTIGO 231 E AO PARÁGRAFO 7° DO ARTIGO 254, E REVOGA O ARTIGO 233. TODOS DA RESOLUÇÃO N° 236, DE 07 DE DEZEMBRO DE 1992 (REGIMENTO INTERNO DA CÂMARA MUNICIPAL), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/866/r000258.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/866/r000258.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 138 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/865/r000257.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/865/r000257.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ARTIGO 137 DA RESOLUÇÃO N° 236, DE 07 DE DEZEMBRO DE 1992, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/864/r000256.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/864/r000256.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 260 DA RESOLUÇÃO N° 236, DE 17 DE DEZEMBRO DE 1992 (REGIMENTO INTERNO DA CÂMARA) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/863/r000255.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/863/r000255.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA RESOLUÇÃO N° 72, DE 15 DE JULHO DE 1964</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/862/r000254.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/862/r000254.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REJEIÇÃO DO RECURSO N° 01/99 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/861/r000253.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/861/r000253.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACOLHIMENTO DO RECURSO N° 04/99 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/9298/res-1999-252.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/9298/res-1999-252.pdf</t>
   </si>
   <si>
     <t>Dispõe sôbre a rejeição dos recursos n° 02/99 e 03/99 e dá outras providências</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/860/r000251.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/860/r000251.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1996</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/859/r000250.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/859/r000250.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À RESOLUÇÃO N° 249, DE 04 DE ABRIL DE 1998 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/858/r000249.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/858/r000249.pdf</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/857/r000248.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/857/r000248.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1995</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/856/r000247.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/856/r000247.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 262 DA RESOLUÇÃO N° 236/92 QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9297</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9297/res-1997-246.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9297/res-1997-246.pdf</t>
   </si>
   <si>
     <t>Dispõe sôbre aprovação das contas da Mesa da Câmara do Município de Porto Feliz, relativas ao exercício de 1994</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/855/r000245.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/855/r000245.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DA REMUNERAÇÃO DOS VEREADORES PARA A LEGISLATURA QUE SE INICIA EM 1997 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/854/r000244.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/854/r000244.pdf</t>
   </si>
   <si>
     <t>Concessão de auxílio alimentação aos Servidores Públicos Mun</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/853/r000243.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/853/r000243.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATO DO PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/852/r000242.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/852/r000242.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1993</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/851/r000241.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/851/r000241.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RATEIO DECORRENTE DA EXTINÇÃO DA CARTEIRA DA PREVIDÊNCIA DOS VEREADORES E PREFEITOS DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/850/r000240.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/850/r000240.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1992</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/849/r000239.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/849/r000239.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO ESPECIAL PARA ESTUDAR PROBLEMAS SALARIAIS DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/848/r000238.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/848/r000238.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1991</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/847/r000237.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/847/r000237.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1990</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/846/r000236.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/846/r000236.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/845/r000235.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/845/r000235.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS VEREADORES PARA VIGORAR NA LEGISLATURA 1993/1996</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/844/r000233.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/844/r000233.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1989</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/843/r000232.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/843/r000232.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 103 E SEU PARÁGRAFO ÚNICO DA RESOLUÇÃO N° 184, DE 22 DE MARÇO DE 1982 (REGIMENTO INTERNO DA CÂMARA MUNICIPAL)</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/842/r000231.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/842/r000231.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ANTECIPAÇÃO DE SESSÃO ORDINÁRIA DA CÂMARA</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/841/r000230.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/841/r000230.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO E INCISO VIII DO ARTIGO 168, DA RESOLUÇÃO N° 184, DE 22 DE MARÇO DE 1982</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/840/r000229.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/840/r000229.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1988</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/839/r000228.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/839/r000228.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ANULAÇÃO DA RESOLUÇÃO N° 213, DE 20 DE FEVEREIRO DE 1989, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/838/r000227.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/838/r000227.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO 3° DO ARTIGO 124, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/837/r000226.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/837/r000226.pdf</t>
   </si>
   <si>
     <t>Req Atestado Médico Maria Tereza</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/836/r000225.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/836/r000225.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1987</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/835/r000224.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/835/r000224.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A RESOLUÇÃO N° 223, DE 05 DE OUTUBRO DE 1989</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/834/r000223.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/834/r000223.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO PARA ELABORAÇÃO DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9296/res-1989-222.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9296/res-1989-222.pdf</t>
   </si>
   <si>
     <t>Aprova as conclusões da Concessão Especial de Inquérito, constituída através da Resolução n° 219/89</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9295/res-1989-221.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9295/res-1989-221.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo estabelecido pela resolução nº 219/89</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/833/r000220.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/833/r000220.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO ESTABELECIDO PELA RESOLUÇÃO N° 217, DE 20 DE ABRIL DE 1989</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/832/r000219.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/832/r000219.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1986</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/831/r000218.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/831/r000218.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA A VEREADORA ELIETE LISBOA MARTELO</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/830/r000217.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/830/r000217.pdf</t>
   </si>
   <si>
     <t>Programa de Capacitação para o Trabalho e Orientação Social</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/829/r000216.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/829/r000216.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO N° 215, DE 05 DE ABRIL DE 1989</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/828/r000215.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/828/r000215.pdf</t>
   </si>
   <si>
     <t>ATUALIZA OS SUBSÍDIOS DOS SRS. VEREADORES DE PORTO FELIZ</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/827/r000214.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/827/r000214.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 37 E 41 DA RESOLUÇÃO N° 184, DE 22 DE MARÇO DE 1982 – (REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ)</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/826/r000213.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/826/r000213.pdf</t>
   </si>
   <si>
     <t>FIXA A VERBA DE REPRESENTAÇÃO DO PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO FELIZ, PARA O EXERCÍCIO DE 1989</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/825/r000212.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/825/r000212.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS VEREADORES À CÂMARA MUNICIPAL DE PORTO FELIZ, PARA A LEGISLATURA 1989/1992</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/824/r000211.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/824/r000211.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES À CÂMARA MUNICIPAL DE PORTO FELIZ, PARA A LEGISLATURA 1989/1992</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/823/r000210.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/823/r000210.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL DE ESTUDOS SOBRE ESGOTO DESPEJADO NO RIBEIRÃO AVECUIA</t>
   </si>
   <si>
     <t>9294</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/9294/res-1988-209.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/9294/res-1988-209.pdf</t>
   </si>
   <si>
     <t>Reajusta a verba de representação do Presidente da Câmara Municipal</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9293/res-1987-208.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9293/res-1987-208.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas da Mesa da Câmara Municipal de Porto Feliz, relativas ao exercício de 1.985</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9292/res-1987-207.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9292/res-1987-207.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 109 da resolução nº184, de 22 de março de 1982 (Regimento Interno)</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/822/r000206.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/822/r000206.pdf</t>
   </si>
   <si>
     <t>REAJUSTA A VERBA DE REPRESENTAÇÃO DO PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/821/r000205.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/821/r000205.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1984</t>
   </si>
   <si>
     <t>9291</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/9291/res-1986-204.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/9291/res-1986-204.pdf</t>
   </si>
   <si>
     <t>Cria comissão especial para auxiliar os órgãos de fiscalização no combate à inflação</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/820/r000203.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/820/r000203.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/819/r000202.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/819/r000202.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO ESTABELECIDO PELA RESOLUÇÃO N° 201, DE 20 DE SETEMBRO DE 1985</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/818/r000201.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/818/r000201.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL DE ESTUDOS SOBRE IMPLANTAÇÃO DE TORRE DE RETRANSMISSÃO DE SINAIS DE TELEVISÃO</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/817/r000200.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/817/r000200.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1983</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/816/r000199.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/816/r000199.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL DE ESTUDOS SOBRE O ATUAL E O FUTURO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/815/r000198.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/815/r000198.pdf</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/814/r000197.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/814/r000197.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE PORTO FELIZ</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/813/r000196.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/813/r000196.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 103 DA RESOLUÇÃO N° 184, DE 22 DE MARÇO DE 1982 – (REGIMENTO INTERNO)</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/812/r000195.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/812/r000195.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SUBSIDIOS DOS VEREADORES DO MUNICÍPIO DE PORTO FELIZ</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/811/r000194.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/811/r000194.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA PARTICIPAR DE CONGRESSO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/810/r000193.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/810/r000193.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO E AS CONCLUSÕES DA COMISSÃO ESPECIAL DE INQUÉRITO, CONSTITUIDA ATRAVÉS DO REQUERIMENTO N° 06/84</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/809/r000192.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/809/r000192.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/808/r000191.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/808/r000191.pdf</t>
   </si>
   <si>
     <t>REAJUSTA A VERBA DE REPRESENTAÇÃO DO PRESIDENTE DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/807/r000190.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/807/r000190.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/806/r000189.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/806/r000189.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1982</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/805/r000188.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/805/r000188.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 103 DA RESOLUÇÃO N° 184, DE 22 DE MARÇO DE 1982</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/804/r000187.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/804/r000187.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1981</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/803/r000186.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/803/r000186.pdf</t>
   </si>
   <si>
     <t>FIXA VERBA DE REPRESENTAÇÃO PARA O PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/802/r000185.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/802/r000185.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES PARA A ATUAL LEGISLATURA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/801/r000184.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/801/r000184.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/800/r000183.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/800/r000183.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1980</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/9290/res-1981-182.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/9290/res-1981-182.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 105 da resolução nº 134, de 30 de agosto de 1972 (Regimento da Câmara)</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/799/r000181.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/799/r000181.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO ESPECIAL PARA ESTUDAR REFORMA AO REGIMENTO INTERNO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/798/r000180.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/798/r000180.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO E AS CONCLUSÕES DA COMISSÃO ESPECIAL DEINQUÉRITO, DESTINADA A APURAR IRREGULARIDADES COMETIDAS POR FUNCIONÁRIO DO EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/797/r000179.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/797/r000179.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA PARTICIPAR DO “XXV CONGRESSO ESTADUAL DE MUNICÍPIOS” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/796/r000178.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/796/r000178.pdf</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/795/r000177.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/795/r000177.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1979</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/794/r000176.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/794/r000176.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA PARTICIPAR DO “XXIV CONGRESSO ESTADUAL DE MUNICÍPIOS” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/793/r000175.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/793/r000175.pdf</t>
   </si>
   <si>
     <t>9289</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/9289/res-1980-174.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/9289/res-1980-174.pdf</t>
   </si>
   <si>
     <t>Reajusta os subsídios dos vereadores do Município de Porto Feliz</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/792/r000173.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/792/r000173.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1978</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/791/r000172.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/791/r000172.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA TRATAR DA CONSTRUÇÃO DE CASAS POPULARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/790/r000171.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/790/r000171.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA PARTICIPAR DO “XXIII CONGRESSO ESTADUAL DE MUNICÍPIOS” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9288</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/9288/res-1979-170.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/9288/res-1979-170.pdf</t>
   </si>
   <si>
     <t>Reajusta a verba de representação do Presidente da Câmara Municipal de Porto Feliz</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/789/r000169.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/789/r000169.pdf</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/788/r000168.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/788/r000168.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1977</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/787/r000167.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/787/r000167.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1976</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/786/r000166.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/786/r000166.pdf</t>
   </si>
   <si>
     <t>FIXA “VERBA DE REPRESENTAÇÃO” PARA O PRESIDENTE DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/785/r000165.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/785/r000165.pdf</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/784/r000164.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/784/r000164.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TRANSFERÊNCIAS DE DOTAÇÕES ORÇAMENTÁRIAS ATRIBUIDAS À CÂMARA MUNICIPAL, NUM TOTAL DE CR$.37.000,00</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/783/r000163.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/783/r000163.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA PARTICIPAR DO XXI CONGRESSO ESTADUAL DE MUNICÍPIOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/782/r000161.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/782/r000161.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1975</t>
   </si>
   <si>
     <t>9287</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/9287/res-1977-162.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/9287/res-1977-162.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de um crédito especial de Cr$18.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/781/r000160.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/781/r000160.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VALORES CONSTANTES DA RESOLUÇÃO N° 147, DE 05/09/1975, REFERENTES A REMUNERAÇÃO DOS VEREADORES DE PORTO FELIZ</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9286/res-1976-159.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9286/res-1976-159.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de um crédito suplementar de Cr$2.000,00 no orçamento da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>9285</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9285/res-1976-158.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9285/res-1976-158.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de um crédito suplementar de Cr$13.000,00 no orçamento da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/780/r000157.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/780/r000157.pdf</t>
   </si>
   <si>
     <t>CONCEDE 72 DIAS DE LICENÇA AO VEREADOR PROF. JOSÉ MAURINO NETTO</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/779/r000156.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/779/r000156.pdf</t>
   </si>
   <si>
     <t>CONCEDE 60 DIAS DE LICENÇA AO VEREADOR PROF. JOSE MAURINO NETTO</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/778/r000155.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/778/r000155.pdf</t>
   </si>
   <si>
     <t>CONCEDE MAIS 60 DIAS DE LICENÇA AO VEREADOR DR. ANTONIO PIRES DE ALMEIDA</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/777/r000154.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/777/r000154.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DE COMISSÃO ESPECIAL PARA PARTICIPAR DO “XX CONGRESSO ESTADUAL DOS MUNICÍPIOS”</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/776/r000153.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/776/r000153.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ RELATIVAS AO EXERCÍCIO DE 1974</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/775/r000152.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/775/r000152.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA POR 180 DIAS AO VEREADOR DR. ANTONIO PIRES DE ALMEIDA</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/774/r000151.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/774/r000151.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1973</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/773/r000150.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/773/r000150.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA POR 45 DIAS AO VEREADOR DR. ANTONIO PIRES DE ALMEIDA</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/772/r000149.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/772/r000149.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA POR 45 DIAS AO VEREADOR-PRESIDENTE PROF. CLÁUDIO SAMPAIO TORRES</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/771/r000148.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/771/r000148.pdf</t>
   </si>
   <si>
     <t>FIXA PRAZO PARA OS SENHORES VEREADORES DESINCOMPATIBILIZAREM-SE</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/770/r000147.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/770/r000147.pdf</t>
   </si>
   <si>
     <t>Centro de Saúde</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/769/r000146.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/769/r000146.pdf</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/768/r000145.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/768/r000145.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TRANSPOSIÇÃO DE DOTAÇÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/767/r000144.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/767/r000144.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA POR 90 DIAS AO VEREADOR “PROF. JOSÉ MAURINO NETTO”</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/766/r000143.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/766/r000143.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE COMISSÃO ESPECIAL PARA ESTUDAR ASSUNTOS REFERENTES ÀS PISCINAS</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/765/r000142.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/765/r000142.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL, QUE SE REALIZARIA DIA 7 DE OUTUBRO DE 1974</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/764/r000141.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/764/r000141.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PÔRTO FELIZ, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 1972</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/763/r000140.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/763/r000140.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA AO VEREADOR PRESIDENTE ARNALDO TEIXEIRA DE CARVALHO</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/762/r000139.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/762/r000139.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PÔRTO FELIZ, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 1971</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/761/r000138.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/761/r000138.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PÔRTO FELIZ, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 1969</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/760/r000137.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/760/r000137.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA MESA DA CÂMARA MUNICIPAL DE PÔRTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1970</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/759/r000136.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/759/r000136.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA CÂMARA MUNICIPAL DE PÔRTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1968</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/758/r000135.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/758/r000135.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSPOSIÇÃO DE DOTAÇÕES ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/757/r000134.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/757/r000134.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PÔRTO FELIZ</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/756/r000133.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/756/r000133.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE DENOMINAÇÃO À SALA DA PRESIDÊNCIA DA CÂMARA MUNICIPAL DE PÔRTO FELIZ</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/755/r000132.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/755/r000132.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PAGAMENTO DE ADICIONAL POR TEMPO DE SERVIÇO E ABRE O CRÉDITO NECESSÁRIO</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/754/r000131.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/754/r000131.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE A SUSPENSÃO DA SESSÃO ORDINÁRIA DA CÂMARA MARCADA PARA 06/3/1972</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/753/r000130.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/753/r000130.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE ALTERAÇÃO NA PROGRAMAÇÃO ORÇAMENTÁRIA DA DESPESA DA CÂMARA</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/752/r000129.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/752/r000129.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 178 E PARÁGRAFO ÚNICO; ACRESCENTA-SE PARÁGRAFO PRIMEIRO À RESOLUÇÃO N° 110, DE 16 DE SETEMBRO DE 1968 (REGIMENTO INTERNO)</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/751/r000128.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/751/r000128.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE A ABERTURA DE UM CRÉDITO SUPLEMENTAR DE 0.600,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/750/r000127.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/750/r000127.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE TRANSPOSIÇÃO DE VERBAS ORÇAMENTÁRIAS</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/749/r000126.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/749/r000126.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE DOAÇÃO DE MÓVEIS USADOS AO COLÉGIO ESTADUAL MONSENHOR SECKLER</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/748/r000125.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/748/r000125.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VENCIMENTOS DOS FUNCIONÁRIOS DA CÂMARA MUNICIPAL DE PÔRTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/747/r000124.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/747/r000124.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA EXPLICATIVA DO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/746/r000123.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/746/r000123.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE FÉRIAS REMUNERADAS E ABRE UM CRÉDITO ESPECIAL DE NCR$.350,00</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/745/r000122.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/745/r000122.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE GRATIFICAÇÃO A FUNCIONÁRIO MUNICIPAL POR SERVIÇOS PRESTADOS A CÂMARA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/744/r000121.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/744/r000121.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE SUPLEMENTAÇÃO DE VERBA ORÇAMENTÁRIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/743/r000120.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/743/r000120.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE AUMENTO DE VENCIMENTOS DO SECRETÁRIO DO GABINETE DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/742/r000119.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/742/r000119.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PAGAMENTO DE PUBLICAÇÃO DE ATOS OFICIAIS DO PODER LEGISLATIVO MUNICIPAL, ABRE CRÉDITO ESPECIAL DE NCR$.350,00 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/741/r000118.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/741/r000118.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA EXPLICATIVA DO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/740/r000117.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/740/r000117.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO E BENEMÉRITO DE PÔRTO FELIZ AO SENHOR ADOLPHO BOSCOLO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/739/r000116.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/739/r000116.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO E BENEMÉRITO DE PÔRTO FELIZ AO PROFESSÔR LUIZ SARTORELLI BOVO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/738/r000115.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/738/r000115.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO E BENEMÉRITO DE PÔRTO FELIZ AO PROFESSÔR VINICIO STEIN CAMPOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/737/r000114.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/737/r000114.pdf</t>
   </si>
   <si>
     <t>QUE APROVA O BALANCO ANUAL DO EXECUTIVO MUNICIPAL REFERENTE AO EXERCÍCIO DE 1968</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/736/r000113.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/736/r000113.pdf</t>
   </si>
   <si>
     <t>ABRE UM CRÉDITO ESPECIAL DE NCR$20,00 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/735/r000112.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/735/r000112.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE REAJUSTE DE VENCIMENTOS DO SECRETÁRIO DO GABINETE DA CÂMARA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/734/r000111.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/734/r000111.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO HONORÍFICO</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/733/r000110.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/733/r000110.pdf</t>
   </si>
   <si>
     <t>APROVA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/732/r000109.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/732/r000109.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE UM CONSULTOR JURÍDICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9284</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/9284/res-1968-108.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/9284/res-1968-108.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Motoriasta</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/731/r000107.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/731/r000107.pdf</t>
   </si>
   <si>
     <t>QUE APROVA O BALANÇO ANUAL DO EXECUTIVO MUNICIPAL REFERENTE AO EXERCÍCIO DE 1967</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/730/r000106.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/730/r000106.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE A CONÇESSÃO DE ABONO PROVISÓRIO AO SECRETÁRIO DO GABINETE DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/729/r000105.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/729/r000105.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE TITULO DE CIDADANIA</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/728/r000104.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/728/r000104.pdf</t>
   </si>
   <si>
     <t>ABRE UM CRÉDITO ESPECIAL DE NCR$.900,00 DESTINADOS A COMPRA DE MÓVEIS</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/727/r000103.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/727/r000103.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE VENCIMENTOS AO SECRETÁRIO DO GABINETE DA CÂMARA</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/726/r000102.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/726/r000102.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSIDIOS E REPRESENTAÇÃO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/9283/res-1967-101.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/9283/res-1967-101.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de titulo de cidadania</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/725/r000100.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/725/r000100.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE AUMENTO DE VENCIMENTOS</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/724/r00099.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/724/r00099.pdf</t>
   </si>
   <si>
     <t>QUE APROVA O BALANÇO ANUAL DO EXECUTIVO MUNICIPAL REFERENTE AO EXERCÍCIO DE 1966</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/723/r00098.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/723/r00098.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRESIDÊNCIA DA CÂMARA A DOAR DOCUMENTOS HISTÓRICOS E MOVEIS ANTIGOS AO MUSEU HISTÓRICO E PEDAGÓGICO DAS MONÇÕES</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/722/r00097.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/722/r00097.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GRATIFICAÇÃO</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/721/r00096.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/721/r00096.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE SECRETARIO DO GABINETE DA CÂMARA, DE PROVIMENTO EM COMISSÃO, REGULAMENTA SUAS FUNÇÕES, FIXA OS SEUS VENCIMENTOS E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/720/r00095.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/720/r00095.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE GRATIFICAÇÃO</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/719/r00094.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/719/r00094.pdf</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/718/r00093.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/718/r00093.pdf</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/717/r00092.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/717/r00092.pdf</t>
   </si>
   <si>
     <t>QUE APROVA AS CONTAS DO PODER EXECUTIVO, RELATIVAS AO EXERCICIO DE 1965</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/716/r00091.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/716/r00091.pdf</t>
   </si>
   <si>
     <t>9282</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9282/res-1965-89.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9282/res-1965-89.pdf</t>
   </si>
   <si>
     <t>Fica aprovada as contas da Câmara Municipall</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/714/r00088.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/714/r00088.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO DE CR$159.000 (CENTO E CINCOENTA E NOVE MIL CRUZEIROS), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/713/r00087.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/713/r00087.pdf</t>
   </si>
   <si>
     <t>RESOLVE QUE, FICA CONCEDIDO UM AUMENTO DE 45% (QUARENTA E CINCO) POR CENTO NO PADRÃO DE VENCIMENTO DO ENCARREGADO DO EXPEDIENTE DA CÂMARA E ENTRE OUTROS</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/712/r00086.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/712/r00086.pdf</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/711/r00085.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/711/r00085.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE CONCESSÃO DE TITULO DE CIDADANIA</t>
   </si>
   <si>
     <t>9281</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9281/res-1965-84.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9281/res-1965-84.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abono ao encarregado do Expediente da Câmara</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/710/r00082.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/710/r00082.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO ANO DE 1964</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/715/r00090.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/715/r00090.pdf</t>
   </si>
   <si>
     <t>RESOLVE QUE, FICA CONCEDIDO UM AUMENTO DE 45% (QUARENTA E CINCO POR CENTO) NO PADRÃO DE VENCIMENTOS DE SERVENTE DA CÂMARA E ENTRE OUTROS</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/709/r00081.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/709/r00081.pdf</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/708/r00080.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/708/r00080.pdf</t>
   </si>
   <si>
     <t>APROVA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PÔRTO FELIZ</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/707/r00079.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/707/r00079.pdf</t>
   </si>
   <si>
     <t>9280</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9280/res-1964-78.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9280/res-1964-78.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre gratificação</t>
   </si>
   <si>
     <t>9279</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9279/res-1964-77.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9279/res-1964-77.pdf</t>
   </si>
   <si>
     <t>Revoga Resolução 68</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/706/r00076.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/706/r00076.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEGURANÇA DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/705/r00075.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/705/r00075.pdf</t>
   </si>
   <si>
     <t>CONCEDE FALTA JUSTIFICADA A VEREADOR, EM PLENO-EXERCÍCIO DE SEU MANDATO</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/704/r00074.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/704/r00074.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 16 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/703/r00073.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/703/r00073.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE OUTORGA DE TÍTULO HONORÁRIO E DE CIDADANIA</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/702/r00072.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/702/r00072.pdf</t>
   </si>
   <si>
     <t>RESOLVE ACERCA DA DENOMINAÇÃO DO SALÃO PARA AS SESSÕES DA CÂMARA</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/701/r00071.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/701/r00071.pdf</t>
   </si>
   <si>
     <t>RESOLVE ACERCA DOS DIAS DE SESSÕES ORDINÁRIAS E ENTRE OUTROS</t>
   </si>
   <si>
     <t>9278</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9278/res-1964-70.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9278/res-1964-70.pdf</t>
   </si>
   <si>
     <t>Ficam fixados os vencimentos do encarregado do expediente e do servente</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/700/r00069.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/700/r00069.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO DIVERSAS SITUAÇÕES, RESOLVE DECLARAR FINDA A SESSÃO PERMANENTE APROVADA PELA RESOLUÇÃO N° 68, DE 1° DE ABRIL DE 1964 E ENTRE OUTROS</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/699/r00068.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/699/r00068.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE IRRADIAÇÃO DAS SESSÕES DE CÂMARA</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/698/r00067.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/698/r00067.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO DIVERSAS SITUAÇÕES, RESOLVE DECLARAR-SE, EM SESSÃO PERMANENTE, ENQUANTO PERDURAREM OS MOTIVOS DE AGITAÇÃO NA VIDA NACIONAL E ENTRE OUTROS</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/697/r00066.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/697/r00066.pdf</t>
   </si>
   <si>
     <t>CRIA A ASSESSORIA TÉCNICA LEGISLATIVA (A.T.L.) DA CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/696/r00065.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/696/r00065.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE SERVENTE DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/695/r00064.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/695/r00064.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TITULO DE CIDADÃO HONORÁRIO E BENEMÉRITO DE PORTO FELIZ AO SENHOR BENEDITO ARANHA JÚNIOR</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/694/r00063.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/694/r00063.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE FIXAÇÃO DOS SUBSIDIOS E REPRESENTAÇÃO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/693/r00062.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/693/r00062.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO DIVERSAS SITUAÇÕES, RESOLVE QUE O FUNCIONÁRIO MUNICIPAL ESCOLHIDO, EXERCERÁ AS FUNÇÕES DE PREFEITO E ENTRE OUTROS</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/692/r00061.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/692/r00061.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE GRATIFICAÇÃO À FUNCIONÁRIO DESIGNADO PARA OS SERVIÇOS DE EXPEDIENTE DA SECRETARIA DA CÂMARA</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/691/r00060.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/691/r00060.pdf</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/690/r00059.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/690/r00059.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE GRATIFICAÇÃO AO FUNCIONÁRIO DESIGNADO PELO SR. PREFEITO PARA A ABERTURA DO PAÇO MUNICIPAL, EM DIAS DE SESSÕES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/689/r00058.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/689/r00058.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ENCARREGADO DO EXPEDIENTE DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/688/r00057.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/688/r00057.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO HONORIFICO</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/687/r00056.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/687/r00056.pdf</t>
   </si>
   <si>
     <t>RESOLVE QUE FICA O PRESIDENTE DA CÂMARA MUNICIPAL AUTORIZADO A CONTRATAR OS SERVIÇOS PROFISSIONAIS DO ADVOGADO DR. RUBENS ALBIERO</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/686/r00055.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/686/r00055.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TITULO HONORIFICO</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/685/r00054.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/685/r00054.pdf</t>
   </si>
   <si>
     <t>CONSIDERA SEM NENHUM EFEITO E NULO O DESPACHO DO SR PREFEITO NO REQUERIMENTO DA FÁBRICA DE TECIDOS N. S. MÃE DOS HOMENS S.A.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/684/r00053.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/684/r00053.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TITULO DE CIDADÃO HONORÁRIO BENEMÉRITO DE PORTO FELIZ A JOSÉ BONIFÁCIO COUTINHO NOGUEIRA</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/683/r00052.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/683/r00052.pdf</t>
   </si>
   <si>
     <t>RESOLVE OUTORGAR O TITULO DE CIDADÃO PORTOFELICENSE A SUA EXCELÊNCIA, O DOUTOR JANIO DA SILVA QUADROS</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/682/r00051.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/682/r00051.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 16 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/681/r00050.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/681/r00050.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO DIVERSAS SITUAÇÕES, RESOLVE DECLARAR-SE EM SESSÃO PERMANENTE ENQUANTO PERDURAREM OS MOTIVOS DE AGITAÇÃO NA POLÍTICA NACIONAL E ENTRE OUTROS</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/680/r00049.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/680/r00049.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO CAPITULO VIII – DAS COMISSÕES, DO REGIMENTO INTERNO, SEUS ARTIGOS E PARÁGRAFOS</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/679/r00048.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/679/r00048.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO DIVERSAS SITUAÇÕES, RESOLVE QUE FICAM REGEITADAS AS CONTAS DO EX-PREFEITO E ENTRE OUTROS</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/678/r00047.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/678/r00047.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO DIVERSAS SITUAÇÕES, RESOLVE SOLIDARIZAR-SE COM O PREFEITO MUNICIPAL E ENTRE OUTROS</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/677/r00046.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/677/r00046.pdf</t>
   </si>
   <si>
     <t>ANULA AS SESSÕES EXTRAORDINARIAS DE 29 DE DEZEMBRO DE 1959 E ATOS DECORRENTES</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/676/r00045.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/676/r00045.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO E A REPRESENTAÇÃO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/675/r00044.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/675/r00044.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AFASTAMENTO DE VEREADOR FUNCIONÁRIO PÚBLICO</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/674/r00043.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/674/r00043.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GRAVAÇÃO DE PLACA COMEMORATIVA EM FUNÇÃO DA PRIMEIRA SESSÃO NO NOVO EDIFICIO DO PAÇO MUNICIPAL</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/673/r00042.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/673/r00042.pdf</t>
   </si>
   <si>
     <t>APROVA TODOS OS ATOS PRATICADOS PELO PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/672/r00041.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/672/r00041.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE CONCESSÃO DE PODERES PARA REPRESENTAÇÃO DA CÂMARA</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/671/r00040.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/671/r00040.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 32, CAPITULO III, DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/670/r00039.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/670/r00039.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 57, DA RESOLUÇÃO N° 3, DE 30 DE JANEIRO DE 1948</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/669/r00038.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/669/r00038.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE EXIBIÇÃO DE AUTOGRAFOS</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/668/r00037.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/668/r00037.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE HORARIO DAS SESSÕES DA CÂMARA</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/667/r00036.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/667/r00036.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ANULAÇÃO DE CONCURSO</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/666/r00035.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/666/r00035.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O LEVANTAMENTO GERÁL DO PATRIMONIO DO MUNICIPIO DE PÔRTO FELIZ</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1953/665/r00034.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1953/665/r00034.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PARA APRESENTAÇÃO DO BALANÇO GERAL</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/664/r00033.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/664/r00033.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATO DE ADVOGADO</t>
   </si>
   <si>
     <t>9277</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/9277/res-1952-32.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/9277/res-1952-32.pdf</t>
   </si>
   <si>
     <t>Autoriza a encaminhar relatório</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/663/r00031.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/663/r00031.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE HORÁRIO DAS SESSÕES DA CÂMARA</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/662/r00030.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/662/r00030.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO E A REPRESENTAÇÃO DO PREFEITO</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/661/r00029.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/661/r00029.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXTINÇÃO DE CARGO</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/660/r00028.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/660/r00028.pdf</t>
   </si>
   <si>
     <t>DECLARA NULOS DIVERSOS ATOS DA CÂMARA E DO PREFEITO MUNICIPAIS</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/659/r00027.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/659/r00027.pdf</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/658/r00026.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/658/r00026.pdf</t>
   </si>
   <si>
     <t>FIXA OS VENCIMENTOS DO CARGO DE DIRETOR DA SECRETARIA DA CÂMARA</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/657/r00025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/657/r00025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE CASSAÇÃO DE MANDATO DE TRÊS VEREADORES</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/656/r00024.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/656/r00024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SÔBRE CASSAÇÃO DE MANDATO DE VEREADOR</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/655/r00023.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/655/r00023.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/654/r00022.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/654/r00022.pdf</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/653/r00021.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/653/r00021.pdf</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/652/r00020.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/652/r00020.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/651/r00019.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/651/r00019.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO N° 18, DE 6 DE SETEMBRO DE 1950</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/650/r00018.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/650/r00018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CASSAÇÃO DE MANDATO DE VEREADOR</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/649/r00017.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/649/r00017.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À RESOLUÇÃO N° 12, DE 16 DE JANEIRO DE 1950</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/648/r00016.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/648/r00016.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO ITEM IX DO ARTIGO 131 DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/647/r00015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/647/r00015.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO N° 13, DE 25 DE JANEIRO DE 1950</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/646/r00014.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/646/r00014.pdf</t>
   </si>
   <si>
     <t>EXTINGUE TODAS AS COMISSÕES ESPECIAIS</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/645/r00013.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/645/r00013.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 55 DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/644/r00012.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/644/r00012.pdf</t>
   </si>
   <si>
     <t>CRIA O “BOLETIM DA CÂMARA MUNICIPAL”</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/643/r00011.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/643/r00011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCRIÇÃO DO MUNICÍPIO NA ASSOCIAÇÃO BRASILEIRA DOS MUNICÍPIOS</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/642/r00010.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/642/r00010.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ARTIGO 10 DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/641/r0009.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/641/r0009.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 57 DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/640/r0008.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/640/r0008.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 106 DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/639/r0007.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/639/r0007.pdf</t>
   </si>
   <si>
     <t>REVOGA A RESOLUÇÃO N° 6, DE 30 DE MARÇO DE 1949</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/638/r0006.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/638/r0006.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 106 DO REGIMENTO INTERNO</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/637/r0005.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/637/r0005.pdf</t>
   </si>
   <si>
     <t>CASSA O MANDATO DE UM VEREADOR</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/636/r0004.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/636/r0004.pdf</t>
   </si>
   <si>
     <t>FIXA OS VENCIMENTOS DO DIRETOR DA SECRETARIA DA CÂMARA</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/635/r0003.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/635/r0003.pdf</t>
   </si>
   <si>
     <t>REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PÔRTO FELIZ</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/634/r0002.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/634/r0002.pdf</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/633/r0001.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/633/r0001.pdf</t>
   </si>
   <si>
     <t>ORGANIZA A SECRETARIA DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4778,66 +4778,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9197/resolucao_353.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9162/resolucao_352.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9160/resolucao_no_351.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9088/resolucao_350_-_subsidio_vereadores_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/948/resolucao_349.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/947/resolucao_348.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/946/resolucao_347.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/945/resolucao_346.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/944/resolucao_345.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/943/resolucao_344.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/942/resolucao_343.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/941/resolucao_342.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/940/resolucao_341.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/939/resolucao_340_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/938/resolucao_339.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/937/resolucao_338.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/936/resolucao_337_-_altera_artigo_167_do_ri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/935/resolucao_336.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/934/resolucao_335.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/933/resolucao_334_-_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/932/resolucao_333.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/931/resolucao_332.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/930/resolucao_331.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/929/resolucao_330.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/928/resolucao_329.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/927/resolucao_328.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/926/resolucao_327.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/925/resolucao_326.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/924/resolucao_325.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/923/resolucao_324.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/922/resolucao_323.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/921/resolucao_322.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/920/resolucao_321.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/919/resolucao_320.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/918/resolucao_319.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/917/resolucao_318.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/916/resolucao_317.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/915/resolucao_316.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/914/resolucao_315.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/913/resolucao_314.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/912/resolucao_313.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/911/resolucao_312.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/910/resolucao_311_-_altera_dia_das_sessoes_e_quantidade_de_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/909/resolucao_310_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/908/resolucao_309_-_altera_inciso_v_do__1o_do_art_183_-_no_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/907/resolucao_308_-_altera_resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/906/resolucao_307_-_subsidio_vereadores_2017-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/905/resolucao_306_-_reajuste_vereadores_2016.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/904/resolucao_305_-_altera_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/903/resolucao_304_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/902/resolucao_303_-_reajuste_vereadores_2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/901/resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/900/resolucao_301_-_altera_resolucao_298_extincao_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9311/res-2014-362.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/899/resolucao_300_-_altera_resolucao_298_exclui_inspetor_op_legis.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9310/res-2014-299.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9309/res-2014-298.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9308/res-2013-297.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/898/resolucao_296_-_altera_292.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9307/res-2013-295.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9305/res-2013-289.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/897/resolucao_294_-_novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/896/resolucao_292_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9304/res-2012-293.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/895/resolucao_291_-_constituicao_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9303/res-2012-290.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/894/resolucao_289_-_subsidio_vereador_2013-2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9302/res-2011-288.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/892/resolucao_287.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/891/resolucao_286.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/890/resolucao_285.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/889/resolucao_284.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/888/resolucao_283.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/887/resolucao_282.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9301/res-2008-281.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/886/resolucao_280.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/885/r000279.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/884/r000278.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/883/r000277.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/882/r000276.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/881/r000275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/880/r000274.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/879/r000273.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/878/r000272.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9300/res-2005-271.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/877/r000270.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/876/r000269.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/875/r000268.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/874/r000267.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/873/r000266.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/872/r000265.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/871/r000264.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/870/r000263.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/869/r000262.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/868/r000261.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9299/res-2001-260.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/867/r000259.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/866/r000258.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/865/r000257.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/864/r000256.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/863/r000255.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/862/r000254.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/861/r000253.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/9298/res-1999-252.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/860/r000251.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/859/r000250.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/858/r000249.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/857/r000248.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/856/r000247.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9297/res-1997-246.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/855/r000245.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/854/r000244.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/853/r000243.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/852/r000242.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/851/r000241.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/850/r000240.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/849/r000239.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/848/r000238.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/847/r000237.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/846/r000236.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/845/r000235.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/844/r000233.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/843/r000232.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/842/r000231.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/841/r000230.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/840/r000229.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/839/r000228.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/838/r000227.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/837/r000226.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/836/r000225.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/835/r000224.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/834/r000223.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9296/res-1989-222.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9295/res-1989-221.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/833/r000220.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/832/r000219.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/831/r000218.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/830/r000217.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/829/r000216.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/828/r000215.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/827/r000214.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/826/r000213.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/825/r000212.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/824/r000211.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/823/r000210.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/9294/res-1988-209.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9293/res-1987-208.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9292/res-1987-207.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/822/r000206.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/821/r000205.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/9291/res-1986-204.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/820/r000203.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/819/r000202.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/818/r000201.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/817/r000200.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/816/r000199.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/815/r000198.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/814/r000197.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/813/r000196.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/812/r000195.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/811/r000194.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/810/r000193.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/809/r000192.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/808/r000191.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/807/r000190.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/806/r000189.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/805/r000188.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/804/r000187.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/803/r000186.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/802/r000185.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/801/r000184.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/800/r000183.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/9290/res-1981-182.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/799/r000181.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/798/r000180.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/797/r000179.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/796/r000178.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/795/r000177.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/794/r000176.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/793/r000175.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/9289/res-1980-174.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/792/r000173.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/791/r000172.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/790/r000171.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/9288/res-1979-170.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/789/r000169.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/788/r000168.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/787/r000167.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/786/r000166.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/785/r000165.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/784/r000164.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/783/r000163.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/782/r000161.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/9287/res-1977-162.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/781/r000160.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9286/res-1976-159.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9285/res-1976-158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/780/r000157.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/779/r000156.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/778/r000155.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/777/r000154.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/776/r000153.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/775/r000152.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/774/r000151.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/773/r000150.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/772/r000149.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/771/r000148.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/770/r000147.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/769/r000146.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/768/r000145.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/767/r000144.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/766/r000143.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/765/r000142.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/764/r000141.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/763/r000140.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/762/r000139.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/761/r000138.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/760/r000137.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/759/r000136.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/758/r000135.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/757/r000134.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/756/r000133.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/755/r000132.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/754/r000131.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/753/r000130.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/752/r000129.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/751/r000128.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/750/r000127.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/749/r000126.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/748/r000125.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/747/r000124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/746/r000123.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/745/r000122.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/744/r000121.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/743/r000120.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/742/r000119.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/741/r000118.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/740/r000117.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/739/r000116.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/738/r000115.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/737/r000114.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/736/r000113.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/735/r000112.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/734/r000111.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/733/r000110.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/732/r000109.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/9284/res-1968-108.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/731/r000107.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/730/r000106.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/729/r000105.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/728/r000104.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/727/r000103.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/726/r000102.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/9283/res-1967-101.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/725/r000100.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/724/r00099.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/723/r00098.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/722/r00097.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/721/r00096.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/720/r00095.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/719/r00094.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/718/r00093.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/717/r00092.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/716/r00091.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9282/res-1965-89.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/714/r00088.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/713/r00087.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/712/r00086.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/711/r00085.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9281/res-1965-84.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/710/r00082.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/715/r00090.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/709/r00081.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/708/r00080.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/707/r00079.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9280/res-1964-78.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9279/res-1964-77.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/706/r00076.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/705/r00075.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/704/r00074.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/703/r00073.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/702/r00072.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/701/r00071.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9278/res-1964-70.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/700/r00069.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/699/r00068.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/698/r00067.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/697/r00066.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/696/r00065.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/695/r00064.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/694/r00063.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/693/r00062.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/692/r00061.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/691/r00060.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/690/r00059.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/689/r00058.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/688/r00057.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/687/r00056.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/686/r00055.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/685/r00054.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/684/r00053.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/683/r00052.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/682/r00051.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/681/r00050.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/680/r00049.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/679/r00048.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/678/r00047.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/677/r00046.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/676/r00045.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/675/r00044.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/674/r00043.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/673/r00042.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/672/r00041.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/671/r00040.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/670/r00039.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/669/r00038.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/668/r00037.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/667/r00036.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/666/r00035.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1953/665/r00034.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/664/r00033.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/9277/res-1952-32.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/663/r00031.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/662/r00030.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/661/r00029.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/660/r00028.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/659/r00027.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/658/r00026.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/657/r00025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/656/r00024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/655/r00023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/654/r00022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/653/r00021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/652/r00020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/651/r00019.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/650/r00018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/649/r00017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/648/r00016.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/647/r00015.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/646/r00014.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/645/r00013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/644/r00012.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/643/r00011.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/642/r00010.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/641/r0009.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/640/r0008.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/639/r0007.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/638/r0006.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/637/r0005.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/636/r0004.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/635/r0003.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/634/r0002.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/633/r0001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9197/resolucao_353.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9162/resolucao_352.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9160/resolucao_no_351.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9088/resolucao_350_-_subsidio_vereadores_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/948/resolucao_349.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/947/resolucao_348.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/946/resolucao_347.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/945/resolucao_346.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/944/resolucao_345.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/943/resolucao_344.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/942/resolucao_343.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/941/resolucao_342.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/940/resolucao_341.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/939/resolucao_340_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/938/resolucao_339.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/937/resolucao_338.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/936/resolucao_337_-_altera_artigo_167_do_ri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/935/resolucao_336.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/934/resolucao_335.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/933/resolucao_334_-_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/932/resolucao_333.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/931/resolucao_332.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/930/resolucao_331.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/929/resolucao_330.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/928/resolucao_329.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/927/resolucao_328.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/926/resolucao_327.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/925/resolucao_326.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/924/resolucao_325.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/923/resolucao_324.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/922/resolucao_323.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/921/resolucao_322.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/920/resolucao_321.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/919/resolucao_320.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/918/resolucao_319.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/917/resolucao_318.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/916/resolucao_317.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/915/resolucao_316.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/914/resolucao_315.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/913/resolucao_314.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/912/resolucao_313.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/911/resolucao_312.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/910/resolucao_311_-_altera_dia_das_sessoes_e_quantidade_de_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/909/resolucao_310_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/908/resolucao_309_-_altera_inciso_v_do__1o_do_art_183_-_no_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/907/resolucao_308_-_altera_resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/906/resolucao_307_-_subsidio_vereadores_2017-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/905/resolucao_306_-_reajuste_vereadores_2016.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/904/resolucao_305_-_altera_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/903/resolucao_304_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/902/resolucao_303_-_reajuste_vereadores_2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/901/resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/900/resolucao_301_-_altera_resolucao_298_extincao_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9311/res-2014-362.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/899/resolucao_300_-_altera_resolucao_298_exclui_inspetor_op_legis.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9310/res-2014-299.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9309/res-2014-298.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9308/res-2013-297.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/898/resolucao_296_-_altera_292.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9307/res-2013-295.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9305/res-2013-289.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/897/resolucao_294_-_novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/896/resolucao_292_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9304/res-2012-293.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/895/resolucao_291_-_constituicao_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9303/res-2012-290.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/894/resolucao_289_-_subsidio_vereador_2013-2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9302/res-2011-288.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/892/resolucao_287.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/891/resolucao_286.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/890/resolucao_285.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/889/resolucao_284.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/888/resolucao_283.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/887/resolucao_282.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9301/res-2008-281.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/886/resolucao_280.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/885/r000279.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/884/r000278.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/883/r000277.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/882/r000276.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/881/r000275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/880/r000274.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/879/r000273.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/878/r000272.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9300/res-2005-271.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/877/r000270.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/876/r000269.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/875/r000268.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/874/r000267.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/873/r000266.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/872/r000265.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/871/r000264.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/870/r000263.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/869/r000262.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/868/r000261.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9299/res-2001-260.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/867/r000259.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/866/r000258.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/865/r000257.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/864/r000256.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/863/r000255.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/862/r000254.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/861/r000253.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/9298/res-1999-252.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/860/r000251.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/859/r000250.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/858/r000249.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/857/r000248.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/856/r000247.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9297/res-1997-246.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/855/r000245.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/854/r000244.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/853/r000243.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/852/r000242.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/851/r000241.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/850/r000240.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/849/r000239.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/848/r000238.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/847/r000237.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/846/r000236.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/845/r000235.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/844/r000233.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/843/r000232.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/842/r000231.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/841/r000230.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/840/r000229.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/839/r000228.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/838/r000227.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/837/r000226.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/836/r000225.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/835/r000224.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/834/r000223.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9296/res-1989-222.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9295/res-1989-221.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/833/r000220.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/832/r000219.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/831/r000218.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/830/r000217.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/829/r000216.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/828/r000215.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/827/r000214.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/826/r000213.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/825/r000212.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/824/r000211.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/823/r000210.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/9294/res-1988-209.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9293/res-1987-208.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9292/res-1987-207.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/822/r000206.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/821/r000205.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/9291/res-1986-204.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/820/r000203.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/819/r000202.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/818/r000201.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/817/r000200.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/816/r000199.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/815/r000198.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/814/r000197.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/813/r000196.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/812/r000195.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/811/r000194.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/810/r000193.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/809/r000192.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/808/r000191.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/807/r000190.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/806/r000189.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/805/r000188.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/804/r000187.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/803/r000186.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/802/r000185.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/801/r000184.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/800/r000183.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/9290/res-1981-182.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/799/r000181.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/798/r000180.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/797/r000179.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/796/r000178.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/795/r000177.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/794/r000176.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/793/r000175.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/9289/res-1980-174.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/792/r000173.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/791/r000172.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/790/r000171.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/9288/res-1979-170.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/789/r000169.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/788/r000168.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/787/r000167.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/786/r000166.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/785/r000165.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/784/r000164.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/783/r000163.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/782/r000161.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/9287/res-1977-162.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/781/r000160.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9286/res-1976-159.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9285/res-1976-158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/780/r000157.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/779/r000156.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/778/r000155.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/777/r000154.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/776/r000153.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/775/r000152.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/774/r000151.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/773/r000150.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/772/r000149.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/771/r000148.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/770/r000147.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/769/r000146.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/768/r000145.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/767/r000144.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/766/r000143.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/765/r000142.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/764/r000141.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/763/r000140.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/762/r000139.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/761/r000138.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/760/r000137.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/759/r000136.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/758/r000135.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/757/r000134.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/756/r000133.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/755/r000132.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/754/r000131.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/753/r000130.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/752/r000129.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/751/r000128.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/750/r000127.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/749/r000126.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/748/r000125.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/747/r000124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/746/r000123.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/745/r000122.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/744/r000121.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/743/r000120.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/742/r000119.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/741/r000118.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/740/r000117.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/739/r000116.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/738/r000115.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/737/r000114.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/736/r000113.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/735/r000112.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/734/r000111.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/733/r000110.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/732/r000109.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/9284/res-1968-108.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/731/r000107.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/730/r000106.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/729/r000105.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/728/r000104.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/727/r000103.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/726/r000102.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/9283/res-1967-101.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/725/r000100.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/724/r00099.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/723/r00098.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/722/r00097.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/721/r00096.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/720/r00095.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/719/r00094.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/718/r00093.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/717/r00092.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/716/r00091.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9282/res-1965-89.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/714/r00088.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/713/r00087.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/712/r00086.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/711/r00085.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9281/res-1965-84.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/710/r00082.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/715/r00090.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/709/r00081.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/708/r00080.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/707/r00079.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9280/res-1964-78.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9279/res-1964-77.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/706/r00076.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/705/r00075.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/704/r00074.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/703/r00073.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/702/r00072.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/701/r00071.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9278/res-1964-70.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/700/r00069.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/699/r00068.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/698/r00067.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/697/r00066.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/696/r00065.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/695/r00064.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/694/r00063.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/693/r00062.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/692/r00061.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/691/r00060.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/690/r00059.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/689/r00058.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/688/r00057.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/687/r00056.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/686/r00055.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/685/r00054.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/684/r00053.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/683/r00052.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/682/r00051.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/681/r00050.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/680/r00049.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/679/r00048.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/678/r00047.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/677/r00046.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/676/r00045.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/675/r00044.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/674/r00043.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/673/r00042.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/672/r00041.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/671/r00040.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/670/r00039.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/669/r00038.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/668/r00037.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/667/r00036.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/666/r00035.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1953/665/r00034.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/664/r00033.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/9277/res-1952-32.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/663/r00031.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/662/r00030.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/661/r00029.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/660/r00028.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/659/r00027.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/658/r00026.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/657/r00025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/656/r00024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/655/r00023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/654/r00022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/653/r00021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/652/r00020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/651/r00019.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/650/r00018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/649/r00017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/648/r00016.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/647/r00015.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/646/r00014.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/645/r00013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/644/r00012.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/643/r00011.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/642/r00010.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/641/r0009.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/640/r0008.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/639/r0007.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/638/r0006.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/637/r0005.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/636/r0004.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/635/r0003.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/634/r0002.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/633/r0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G356"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="135.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="134.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>