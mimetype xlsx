--- v1 (2026-03-10)
+++ v2 (2026-03-10)
@@ -10,86 +10,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2492" uniqueCount="1470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2499" uniqueCount="1474">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>9439</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9439/resolucao_356.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PORTO FELIZ, PARA MODIFICAR A ALÍNEA "C" DO INCISO V DO § 1° DO ARTIGO 183 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>9373</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>355</t>
-  </si>
-[...4 lines deleted...]
-    <t>Resolução</t>
   </si>
   <si>
     <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AOS ARTIGOS 195, 197 E 203 DA RESOLUÇÃO Nº 294, DE 21 DE NOVEMBRO DE 2012, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9354</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA/LEGISLATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9197</t>
   </si>
   <si>
     <t>2024</t>
   </si>
@@ -4778,56 +4790,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9197/resolucao_353.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9162/resolucao_352.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9160/resolucao_no_351.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9088/resolucao_350_-_subsidio_vereadores_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/948/resolucao_349.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/947/resolucao_348.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/946/resolucao_347.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/945/resolucao_346.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/944/resolucao_345.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/943/resolucao_344.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/942/resolucao_343.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/941/resolucao_342.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/940/resolucao_341.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/939/resolucao_340_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/938/resolucao_339.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/937/resolucao_338.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/936/resolucao_337_-_altera_artigo_167_do_ri.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/935/resolucao_336.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/934/resolucao_335.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/933/resolucao_334_-_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/932/resolucao_333.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/931/resolucao_332.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/930/resolucao_331.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/929/resolucao_330.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/928/resolucao_329.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/927/resolucao_328.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/926/resolucao_327.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/925/resolucao_326.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/924/resolucao_325.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/923/resolucao_324.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/922/resolucao_323.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/921/resolucao_322.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/920/resolucao_321.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/919/resolucao_320.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/918/resolucao_319.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/917/resolucao_318.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/916/resolucao_317.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/915/resolucao_316.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/914/resolucao_315.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/913/resolucao_314.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/912/resolucao_313.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/911/resolucao_312.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/910/resolucao_311_-_altera_dia_das_sessoes_e_quantidade_de_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/909/resolucao_310_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/908/resolucao_309_-_altera_inciso_v_do__1o_do_art_183_-_no_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/907/resolucao_308_-_altera_resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/906/resolucao_307_-_subsidio_vereadores_2017-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/905/resolucao_306_-_reajuste_vereadores_2016.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/904/resolucao_305_-_altera_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/903/resolucao_304_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/902/resolucao_303_-_reajuste_vereadores_2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/901/resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/900/resolucao_301_-_altera_resolucao_298_extincao_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9311/res-2014-362.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/899/resolucao_300_-_altera_resolucao_298_exclui_inspetor_op_legis.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9310/res-2014-299.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9309/res-2014-298.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9308/res-2013-297.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/898/resolucao_296_-_altera_292.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9307/res-2013-295.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9305/res-2013-289.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/897/resolucao_294_-_novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/896/resolucao_292_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9304/res-2012-293.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/895/resolucao_291_-_constituicao_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9303/res-2012-290.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/894/resolucao_289_-_subsidio_vereador_2013-2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9302/res-2011-288.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/892/resolucao_287.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/891/resolucao_286.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/890/resolucao_285.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/889/resolucao_284.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/888/resolucao_283.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/887/resolucao_282.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9301/res-2008-281.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/886/resolucao_280.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/885/r000279.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/884/r000278.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/883/r000277.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/882/r000276.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/881/r000275.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/880/r000274.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/879/r000273.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/878/r000272.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9300/res-2005-271.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/877/r000270.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/876/r000269.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/875/r000268.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/874/r000267.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/873/r000266.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/872/r000265.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/871/r000264.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/870/r000263.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/869/r000262.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/868/r000261.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9299/res-2001-260.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/867/r000259.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/866/r000258.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/865/r000257.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/864/r000256.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/863/r000255.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/862/r000254.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/861/r000253.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/9298/res-1999-252.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/860/r000251.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/859/r000250.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/858/r000249.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/857/r000248.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/856/r000247.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9297/res-1997-246.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/855/r000245.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/854/r000244.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/853/r000243.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/852/r000242.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/851/r000241.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/850/r000240.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/849/r000239.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/848/r000238.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/847/r000237.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/846/r000236.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/845/r000235.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/844/r000233.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/843/r000232.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/842/r000231.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/841/r000230.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/840/r000229.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/839/r000228.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/838/r000227.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/837/r000226.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/836/r000225.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/835/r000224.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/834/r000223.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9296/res-1989-222.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9295/res-1989-221.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/833/r000220.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/832/r000219.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/831/r000218.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/830/r000217.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/829/r000216.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/828/r000215.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/827/r000214.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/826/r000213.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/825/r000212.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/824/r000211.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/823/r000210.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/9294/res-1988-209.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9293/res-1987-208.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9292/res-1987-207.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/822/r000206.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/821/r000205.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/9291/res-1986-204.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/820/r000203.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/819/r000202.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/818/r000201.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/817/r000200.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/816/r000199.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/815/r000198.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/814/r000197.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/813/r000196.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/812/r000195.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/811/r000194.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/810/r000193.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/809/r000192.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/808/r000191.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/807/r000190.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/806/r000189.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/805/r000188.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/804/r000187.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/803/r000186.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/802/r000185.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/801/r000184.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/800/r000183.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/9290/res-1981-182.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/799/r000181.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/798/r000180.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/797/r000179.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/796/r000178.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/795/r000177.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/794/r000176.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/793/r000175.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/9289/res-1980-174.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/792/r000173.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/791/r000172.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/790/r000171.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/9288/res-1979-170.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/789/r000169.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/788/r000168.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/787/r000167.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/786/r000166.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/785/r000165.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/784/r000164.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/783/r000163.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/782/r000161.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/9287/res-1977-162.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/781/r000160.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9286/res-1976-159.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9285/res-1976-158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/780/r000157.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/779/r000156.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/778/r000155.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/777/r000154.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/776/r000153.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/775/r000152.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/774/r000151.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/773/r000150.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/772/r000149.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/771/r000148.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/770/r000147.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/769/r000146.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/768/r000145.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/767/r000144.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/766/r000143.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/765/r000142.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/764/r000141.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/763/r000140.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/762/r000139.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/761/r000138.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/760/r000137.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/759/r000136.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/758/r000135.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/757/r000134.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/756/r000133.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/755/r000132.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/754/r000131.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/753/r000130.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/752/r000129.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/751/r000128.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/750/r000127.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/749/r000126.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/748/r000125.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/747/r000124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/746/r000123.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/745/r000122.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/744/r000121.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/743/r000120.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/742/r000119.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/741/r000118.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/740/r000117.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/739/r000116.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/738/r000115.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/737/r000114.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/736/r000113.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/735/r000112.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/734/r000111.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/733/r000110.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/732/r000109.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/9284/res-1968-108.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/731/r000107.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/730/r000106.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/729/r000105.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/728/r000104.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/727/r000103.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/726/r000102.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/9283/res-1967-101.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/725/r000100.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/724/r00099.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/723/r00098.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/722/r00097.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/721/r00096.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/720/r00095.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/719/r00094.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/718/r00093.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/717/r00092.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/716/r00091.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9282/res-1965-89.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/714/r00088.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/713/r00087.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/712/r00086.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/711/r00085.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9281/res-1965-84.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/710/r00082.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/715/r00090.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/709/r00081.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/708/r00080.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/707/r00079.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9280/res-1964-78.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9279/res-1964-77.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/706/r00076.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/705/r00075.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/704/r00074.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/703/r00073.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/702/r00072.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/701/r00071.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9278/res-1964-70.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/700/r00069.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/699/r00068.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/698/r00067.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/697/r00066.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/696/r00065.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/695/r00064.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/694/r00063.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/693/r00062.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/692/r00061.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/691/r00060.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/690/r00059.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/689/r00058.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/688/r00057.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/687/r00056.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/686/r00055.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/685/r00054.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/684/r00053.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/683/r00052.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/682/r00051.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/681/r00050.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/680/r00049.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/679/r00048.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/678/r00047.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/677/r00046.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/676/r00045.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/675/r00044.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/674/r00043.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/673/r00042.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/672/r00041.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/671/r00040.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/670/r00039.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/669/r00038.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/668/r00037.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/667/r00036.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/666/r00035.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1953/665/r00034.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/664/r00033.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/9277/res-1952-32.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/663/r00031.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/662/r00030.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/661/r00029.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/660/r00028.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/659/r00027.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/658/r00026.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/657/r00025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/656/r00024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/655/r00023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/654/r00022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/653/r00021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/652/r00020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/651/r00019.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/650/r00018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/649/r00017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/648/r00016.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/647/r00015.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/646/r00014.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/645/r00013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/644/r00012.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/643/r00011.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/642/r00010.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/641/r0009.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/640/r0008.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/639/r0007.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/638/r0006.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/637/r0005.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/636/r0004.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/635/r0003.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/634/r0002.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/633/r0001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9439/resolucao_356.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9373/resolucao_355_-_altera_minuto_silencio_e_mocao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9354/resolucao_n._354-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9197/resolucao_353.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9162/resolucao_352.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9160/resolucao_no_351.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9088/resolucao_350_-_subsidio_vereadores_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/948/resolucao_349.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/947/resolucao_348.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/946/resolucao_347.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/945/resolucao_346.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/944/resolucao_345.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/943/resolucao_344.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/942/resolucao_343.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/941/resolucao_342.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/940/resolucao_341.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/939/resolucao_340_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/938/resolucao_339.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/937/resolucao_338.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/936/resolucao_337_-_altera_artigo_167_do_ri.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/935/resolucao_336.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/934/resolucao_335.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/933/resolucao_334_-_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/932/resolucao_333.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/931/resolucao_332.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/930/resolucao_331.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/929/resolucao_330.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/928/resolucao_329.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/927/resolucao_328.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/926/resolucao_327.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/925/resolucao_326.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/924/resolucao_325.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/923/resolucao_324.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/922/resolucao_323.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/921/resolucao_322.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/920/resolucao_321.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/919/resolucao_320.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/918/resolucao_319.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/917/resolucao_318.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/916/resolucao_317.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/915/resolucao_316.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/914/resolucao_315.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/913/resolucao_314.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/912/resolucao_313.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/911/resolucao_312.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/910/resolucao_311_-_altera_dia_das_sessoes_e_quantidade_de_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/909/resolucao_310_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/908/resolucao_309_-_altera_inciso_v_do__1o_do_art_183_-_no_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/907/resolucao_308_-_altera_resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/906/resolucao_307_-_subsidio_vereadores_2017-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/905/resolucao_306_-_reajuste_vereadores_2016.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/904/resolucao_305_-_altera_tribuna_livre.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/903/resolucao_304_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/902/resolucao_303_-_reajuste_vereadores_2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/901/resolucao_302_-_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/900/resolucao_301_-_altera_resolucao_298_extincao_assessor_juridico.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9311/res-2014-362.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/899/resolucao_300_-_altera_resolucao_298_exclui_inspetor_op_legis.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9310/res-2014-299.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9309/res-2014-298.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9308/res-2013-297.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/898/resolucao_296_-_altera_292.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9307/res-2013-295.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9305/res-2013-289.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/897/resolucao_294_-_novo_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/896/resolucao_292_-_reforma_administrativa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9304/res-2012-293.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/895/resolucao_291_-_constituicao_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9303/res-2012-290.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/894/resolucao_289_-_subsidio_vereador_2013-2016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9302/res-2011-288.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/892/resolucao_287.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/891/resolucao_286.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/890/resolucao_285.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/889/resolucao_284.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/888/resolucao_283.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/887/resolucao_282.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9301/res-2008-281.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/886/resolucao_280.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/885/r000279.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/884/r000278.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/883/r000277.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/882/r000276.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/881/r000275.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/880/r000274.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/879/r000273.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/878/r000272.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9300/res-2005-271.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/877/r000270.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/876/r000269.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/875/r000268.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/874/r000267.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/873/r000266.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/872/r000265.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/871/r000264.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/870/r000263.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/869/r000262.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/868/r000261.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9299/res-2001-260.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/867/r000259.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/866/r000258.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/865/r000257.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/864/r000256.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/863/r000255.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/862/r000254.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/861/r000253.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/9298/res-1999-252.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/860/r000251.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/859/r000250.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/858/r000249.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/857/r000248.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/856/r000247.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9297/res-1997-246.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/855/r000245.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/854/r000244.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/853/r000243.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/852/r000242.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/851/r000241.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/850/r000240.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/849/r000239.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/848/r000238.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/847/r000237.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/846/r000236.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/845/r000235.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/844/r000233.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/843/r000232.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/842/r000231.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/841/r000230.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/840/r000229.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/839/r000228.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/838/r000227.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/837/r000226.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/836/r000225.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/835/r000224.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/834/r000223.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9296/res-1989-222.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/9295/res-1989-221.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/833/r000220.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/832/r000219.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/831/r000218.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/830/r000217.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/829/r000216.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/828/r000215.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/827/r000214.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/826/r000213.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/825/r000212.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/824/r000211.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/823/r000210.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/9294/res-1988-209.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9293/res-1987-208.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/9292/res-1987-207.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/822/r000206.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/821/r000205.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/9291/res-1986-204.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/820/r000203.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/819/r000202.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/818/r000201.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/817/r000200.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/816/r000199.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/815/r000198.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/814/r000197.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/813/r000196.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/812/r000195.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/811/r000194.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/810/r000193.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/809/r000192.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/808/r000191.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1984/807/r000190.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/806/r000189.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/805/r000188.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/804/r000187.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/803/r000186.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/802/r000185.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/801/r000184.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/800/r000183.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/9290/res-1981-182.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/799/r000181.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/798/r000180.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/797/r000179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/796/r000178.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/795/r000177.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/794/r000176.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/793/r000175.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/9289/res-1980-174.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/792/r000173.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/791/r000172.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/790/r000171.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/9288/res-1979-170.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/789/r000169.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/788/r000168.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/787/r000167.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/786/r000166.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/785/r000165.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/784/r000164.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/783/r000163.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/782/r000161.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/9287/res-1977-162.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/781/r000160.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9286/res-1976-159.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/9285/res-1976-158.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/780/r000157.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/779/r000156.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/778/r000155.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/777/r000154.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/776/r000153.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/775/r000152.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/774/r000151.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/773/r000150.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/772/r000149.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/771/r000148.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/770/r000147.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/769/r000146.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/768/r000145.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/767/r000144.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/766/r000143.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/765/r000142.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/764/r000141.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/763/r000140.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/762/r000139.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/761/r000138.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/760/r000137.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/759/r000136.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/758/r000135.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/757/r000134.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/756/r000133.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/755/r000132.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/754/r000131.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/753/r000130.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/752/r000129.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1971/751/r000128.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/750/r000127.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/749/r000126.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/748/r000125.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/747/r000124.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1970/746/r000123.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/745/r000122.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/744/r000121.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/743/r000120.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/742/r000119.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/741/r000118.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/740/r000117.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/739/r000116.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/738/r000115.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1969/737/r000114.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/736/r000113.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/735/r000112.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/734/r000111.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/733/r000110.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/732/r000109.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/9284/res-1968-108.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/731/r000107.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/730/r000106.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1968/729/r000105.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/728/r000104.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/727/r000103.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/726/r000102.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/9283/res-1967-101.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/725/r000100.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/724/r00099.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/723/r00098.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/722/r00097.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1967/721/r00096.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/720/r00095.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/719/r00094.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/718/r00093.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/717/r00092.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1966/716/r00091.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9282/res-1965-89.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/714/r00088.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/713/r00087.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/712/r00086.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/711/r00085.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/9281/res-1965-84.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/710/r00082.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/715/r00090.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/709/r00081.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/708/r00080.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1965/707/r00079.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9280/res-1964-78.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9279/res-1964-77.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/706/r00076.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/705/r00075.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/704/r00074.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/703/r00073.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/702/r00072.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/701/r00071.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/9278/res-1964-70.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/700/r00069.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/699/r00068.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/698/r00067.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1964/697/r00066.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/696/r00065.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/695/r00064.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/694/r00063.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/693/r00062.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/692/r00061.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/691/r00060.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/690/r00059.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1963/689/r00058.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/688/r00057.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/687/r00056.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/686/r00055.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/685/r00054.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/684/r00053.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1962/683/r00052.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/682/r00051.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1961/681/r00050.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/680/r00049.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/679/r00048.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/678/r00047.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/677/r00046.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1960/676/r00045.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/675/r00044.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/674/r00043.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/673/r00042.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1959/672/r00041.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/671/r00040.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/670/r00039.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/669/r00038.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/668/r00037.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/667/r00036.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1956/666/r00035.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1953/665/r00034.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/664/r00033.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/9277/res-1952-32.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/663/r00031.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/662/r00030.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/661/r00029.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1952/660/r00028.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/659/r00027.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/658/r00026.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/657/r00025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1951/656/r00024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/655/r00023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/654/r00022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/653/r00021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/652/r00020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/651/r00019.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/650/r00018.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/649/r00017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/648/r00016.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/647/r00015.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/646/r00014.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/645/r00013.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1950/644/r00012.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/643/r00011.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/642/r00010.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/641/r0009.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/640/r0008.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/639/r0007.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/638/r0006.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1949/637/r0005.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/636/r0004.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/635/r0003.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/634/r0002.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1948/633/r0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G356"/>
+  <dimension ref="A1:G357"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="134.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4871,8162 +4883,8185 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="1" t="s">
+      <c r="G8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="1" t="s">
+      <c r="G10" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C11" t="s">
         <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>53</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C15" t="s">
         <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C16" t="s">
         <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
         <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
         <v>78</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G18" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C19" t="s">
         <v>82</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>85</v>
       </c>
       <c r="B20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C20" t="s">
         <v>86</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D20" t="s">
-[...5 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="G20" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C21" t="s">
         <v>91</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G21" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C22" t="s">
         <v>95</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G22" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>98</v>
       </c>
       <c r="B23" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C23" t="s">
         <v>99</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" t="s">
         <v>107</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>115</v>
       </c>
       <c r="B27" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C27" t="s">
         <v>116</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G27" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>119</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
         <v>120</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>123</v>
       </c>
       <c r="B29" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C29" t="s">
         <v>124</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G29" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>127</v>
       </c>
       <c r="B30" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C30" t="s">
         <v>128</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G30" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C31" t="s">
         <v>132</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G31" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>135</v>
       </c>
       <c r="B32" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s">
         <v>136</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G32" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>139</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>141</v>
       </c>
       <c r="G33" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>143</v>
       </c>
       <c r="B34" t="s">
+        <v>111</v>
+      </c>
+      <c r="C34" t="s">
         <v>144</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="1" t="s">
+      <c r="G34" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C35" t="s">
         <v>149</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>150</v>
       </c>
       <c r="G35" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>152</v>
       </c>
       <c r="B36" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C36" t="s">
         <v>153</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G36" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>156</v>
       </c>
       <c r="B37" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C37" t="s">
         <v>157</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>158</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>160</v>
       </c>
       <c r="B38" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C38" t="s">
         <v>161</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>162</v>
       </c>
       <c r="G38" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>164</v>
       </c>
       <c r="B39" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C39" t="s">
         <v>165</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>166</v>
       </c>
       <c r="G39" t="s">
-        <v>151</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C40" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G40" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>171</v>
       </c>
       <c r="B41" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C41" t="s">
         <v>172</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>173</v>
       </c>
       <c r="G41" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>175</v>
       </c>
       <c r="B42" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C42" t="s">
         <v>176</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>177</v>
       </c>
       <c r="G42" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>179</v>
       </c>
       <c r="B43" t="s">
+        <v>148</v>
+      </c>
+      <c r="C43" t="s">
         <v>180</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C44" t="s">
         <v>185</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>186</v>
       </c>
       <c r="G44" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>188</v>
       </c>
       <c r="B45" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C45" t="s">
         <v>189</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G45" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>192</v>
       </c>
       <c r="B46" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C46" t="s">
         <v>193</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G46" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>196</v>
       </c>
       <c r="B47" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C47" t="s">
         <v>197</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>198</v>
       </c>
       <c r="G47" t="s">
-        <v>151</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B48" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="C48" t="s">
         <v>201</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>202</v>
       </c>
       <c r="G48" t="s">
-        <v>203</v>
+        <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C49" t="s">
         <v>205</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="G49" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>208</v>
       </c>
       <c r="B50" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C50" t="s">
         <v>209</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>210</v>
       </c>
       <c r="G50" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>212</v>
       </c>
       <c r="B51" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C51" t="s">
         <v>213</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>214</v>
       </c>
       <c r="G51" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>216</v>
       </c>
       <c r="B52" t="s">
+        <v>204</v>
+      </c>
+      <c r="C52" t="s">
         <v>217</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="1" t="s">
+      <c r="G52" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="C53" t="s">
         <v>222</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>223</v>
       </c>
       <c r="G53" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>225</v>
       </c>
       <c r="B54" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C54" t="s">
         <v>226</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>227</v>
       </c>
       <c r="G54" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>229</v>
       </c>
       <c r="B55" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C55" t="s">
         <v>230</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>231</v>
       </c>
       <c r="G55" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>233</v>
       </c>
       <c r="B56" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C56" t="s">
         <v>234</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>235</v>
       </c>
       <c r="G56" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>237</v>
       </c>
       <c r="B57" t="s">
+        <v>221</v>
+      </c>
+      <c r="C57" t="s">
         <v>238</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D57" t="s">
-[...5 lines deleted...]
-      <c r="F57" s="1" t="s">
+      <c r="G57" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C58" t="s">
         <v>243</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>244</v>
       </c>
       <c r="G58" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>246</v>
       </c>
       <c r="B59" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C59" t="s">
         <v>247</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>248</v>
       </c>
       <c r="G59" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>250</v>
       </c>
       <c r="B60" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C60" t="s">
         <v>251</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>252</v>
       </c>
       <c r="G60" t="s">
-        <v>224</v>
+        <v>253</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B61" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="C61" t="s">
         <v>255</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>256</v>
       </c>
       <c r="G61" t="s">
-        <v>257</v>
+        <v>228</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="C62" t="s">
         <v>259</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G62" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>262</v>
       </c>
       <c r="B63" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C63" t="s">
         <v>263</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>264</v>
       </c>
       <c r="G63" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>266</v>
       </c>
       <c r="B64" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C64" t="s">
         <v>267</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>268</v>
       </c>
       <c r="G64" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>270</v>
       </c>
       <c r="B65" t="s">
+        <v>258</v>
+      </c>
+      <c r="C65" t="s">
         <v>271</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" s="1" t="s">
+      <c r="G65" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C66" t="s">
         <v>276</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>277</v>
       </c>
       <c r="G66" t="s">
-        <v>224</v>
+        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B67" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C67" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G67" t="s">
-        <v>281</v>
+        <v>228</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>282</v>
       </c>
       <c r="B68" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C68" t="s">
         <v>283</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>284</v>
       </c>
       <c r="G68" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>286</v>
       </c>
       <c r="B69" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C69" t="s">
         <v>287</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>288</v>
       </c>
       <c r="G69" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>290</v>
       </c>
       <c r="B70" t="s">
+        <v>275</v>
+      </c>
+      <c r="C70" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>292</v>
       </c>
       <c r="G70" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>294</v>
       </c>
       <c r="B71" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C71" t="s">
-        <v>295</v>
+        <v>271</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>296</v>
       </c>
       <c r="G71" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>298</v>
       </c>
       <c r="B72" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C72" t="s">
         <v>299</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>300</v>
       </c>
       <c r="G72" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B73" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="C73" t="s">
         <v>303</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>304</v>
       </c>
       <c r="G73" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="C74" t="s">
         <v>307</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>308</v>
       </c>
       <c r="G74" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>310</v>
       </c>
       <c r="B75" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C75" t="s">
         <v>311</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>312</v>
       </c>
       <c r="G75" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>314</v>
       </c>
       <c r="B76" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C76" t="s">
         <v>315</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>316</v>
       </c>
       <c r="G76" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>318</v>
       </c>
       <c r="B77" t="s">
+        <v>306</v>
+      </c>
+      <c r="C77" t="s">
         <v>319</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D77" t="s">
-[...5 lines deleted...]
-      <c r="F77" s="1" t="s">
+      <c r="G77" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" t="s">
         <v>323</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>324</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D78" t="s">
-[...5 lines deleted...]
-      <c r="F78" s="1" t="s">
+      <c r="G78" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
+        <v>327</v>
+      </c>
+      <c r="B79" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="C79" t="s">
         <v>329</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>330</v>
       </c>
       <c r="G79" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B80" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C80" t="s">
         <v>333</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>334</v>
       </c>
       <c r="G80" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
+        <v>335</v>
+      </c>
+      <c r="B81" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="C81" t="s">
         <v>337</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G81" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>340</v>
       </c>
       <c r="B82" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C82" t="s">
         <v>341</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>342</v>
       </c>
       <c r="G82" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>344</v>
       </c>
       <c r="B83" t="s">
+        <v>336</v>
+      </c>
+      <c r="C83" t="s">
         <v>345</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D83" t="s">
-[...5 lines deleted...]
-      <c r="F83" s="1" t="s">
+      <c r="G83" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
+        <v>348</v>
+      </c>
+      <c r="B84" t="s">
         <v>349</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>350</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" t="s">
+        <v>11</v>
+      </c>
+      <c r="F84" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="D84" t="s">
-[...5 lines deleted...]
-      <c r="F84" s="1" t="s">
+      <c r="G84" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
+        <v>353</v>
+      </c>
+      <c r="B85" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="C85" t="s">
         <v>355</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>356</v>
       </c>
       <c r="G85" t="s">
-        <v>339</v>
+        <v>357</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B86" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C86" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G86" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B87" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C87" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G87" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>364</v>
       </c>
       <c r="B88" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C88" t="s">
         <v>365</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>366</v>
       </c>
       <c r="G88" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>368</v>
       </c>
       <c r="B89" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C89" t="s">
         <v>369</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>370</v>
       </c>
       <c r="G89" t="s">
-        <v>224</v>
+        <v>371</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B90" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C90" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G90" t="s">
-        <v>374</v>
+        <v>228</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>375</v>
       </c>
       <c r="B91" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C91" t="s">
         <v>376</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>377</v>
       </c>
       <c r="G91" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>379</v>
       </c>
       <c r="B92" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C92" t="s">
         <v>380</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>381</v>
       </c>
       <c r="G92" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>383</v>
       </c>
       <c r="B93" t="s">
+        <v>354</v>
+      </c>
+      <c r="C93" t="s">
         <v>384</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D93" t="s">
-[...5 lines deleted...]
-      <c r="F93" s="1" t="s">
+      <c r="G93" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
+        <v>387</v>
+      </c>
+      <c r="B94" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C94" t="s">
         <v>389</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>390</v>
       </c>
       <c r="G94" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>392</v>
       </c>
       <c r="B95" t="s">
+        <v>388</v>
+      </c>
+      <c r="C95" t="s">
         <v>393</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="D95" t="s">
-[...5 lines deleted...]
-      <c r="F95" s="1" t="s">
+      <c r="G95" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
+        <v>396</v>
+      </c>
+      <c r="B96" t="s">
         <v>397</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>398</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" s="1" t="s">
+      <c r="G96" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
+        <v>401</v>
+      </c>
+      <c r="B97" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="C97" t="s">
         <v>403</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>404</v>
       </c>
       <c r="G97" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>406</v>
       </c>
       <c r="B98" t="s">
+        <v>402</v>
+      </c>
+      <c r="C98" t="s">
         <v>407</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="D98" t="s">
-[...5 lines deleted...]
-      <c r="F98" s="1" t="s">
+      <c r="G98" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
+        <v>410</v>
+      </c>
+      <c r="B99" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="C99" t="s">
         <v>412</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G99" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>415</v>
       </c>
       <c r="B100" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C100" t="s">
         <v>416</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>417</v>
       </c>
       <c r="G100" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>419</v>
       </c>
       <c r="B101" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C101" t="s">
         <v>420</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>421</v>
       </c>
       <c r="G101" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>423</v>
       </c>
       <c r="B102" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C102" t="s">
         <v>424</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>425</v>
       </c>
       <c r="G102" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>427</v>
       </c>
       <c r="B103" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C103" t="s">
         <v>428</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>429</v>
       </c>
       <c r="G103" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>431</v>
       </c>
       <c r="B104" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C104" t="s">
         <v>432</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>433</v>
       </c>
       <c r="G104" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>435</v>
       </c>
       <c r="B105" t="s">
+        <v>411</v>
+      </c>
+      <c r="C105" t="s">
         <v>436</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="D105" t="s">
-[...5 lines deleted...]
-      <c r="F105" s="1" t="s">
+      <c r="G105" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
+        <v>439</v>
+      </c>
+      <c r="B106" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="C106" t="s">
         <v>441</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>442</v>
       </c>
       <c r="G106" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>444</v>
       </c>
       <c r="B107" t="s">
+        <v>440</v>
+      </c>
+      <c r="C107" t="s">
         <v>445</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D107" t="s">
-[...5 lines deleted...]
-      <c r="F107" s="1" t="s">
+      <c r="G107" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
+        <v>448</v>
+      </c>
+      <c r="B108" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C108" t="s">
         <v>450</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G108" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>453</v>
       </c>
       <c r="B109" t="s">
+        <v>449</v>
+      </c>
+      <c r="C109" t="s">
         <v>454</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="D109" t="s">
-[...5 lines deleted...]
-      <c r="F109" s="1" t="s">
+      <c r="G109" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>457</v>
+      </c>
+      <c r="B110" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="C110" t="s">
         <v>459</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>460</v>
       </c>
       <c r="G110" t="s">
-        <v>405</v>
+        <v>461</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B111" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C111" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G111" t="s">
-        <v>464</v>
+        <v>409</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>465</v>
       </c>
       <c r="B112" t="s">
+        <v>458</v>
+      </c>
+      <c r="C112" t="s">
         <v>466</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="D112" t="s">
-[...5 lines deleted...]
-      <c r="F112" s="1" t="s">
+      <c r="G112" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>469</v>
+      </c>
+      <c r="B113" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="C113" t="s">
         <v>471</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>472</v>
       </c>
       <c r="G113" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>474</v>
       </c>
       <c r="B114" t="s">
+        <v>470</v>
+      </c>
+      <c r="C114" t="s">
         <v>475</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="D114" t="s">
-[...5 lines deleted...]
-      <c r="F114" s="1" t="s">
+      <c r="G114" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>478</v>
+      </c>
+      <c r="B115" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="C115" t="s">
         <v>480</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>481</v>
       </c>
       <c r="G115" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>483</v>
       </c>
       <c r="B116" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="C116" t="s">
         <v>484</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>485</v>
       </c>
       <c r="G116" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>487</v>
       </c>
       <c r="B117" t="s">
+        <v>479</v>
+      </c>
+      <c r="C117" t="s">
         <v>488</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="D117" t="s">
-[...5 lines deleted...]
-      <c r="F117" s="1" t="s">
+      <c r="G117" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
+        <v>491</v>
+      </c>
+      <c r="B118" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="C118" t="s">
         <v>493</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>494</v>
       </c>
       <c r="G118" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>496</v>
       </c>
       <c r="B119" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="C119" t="s">
         <v>497</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>498</v>
       </c>
       <c r="G119" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>500</v>
       </c>
       <c r="B120" t="s">
+        <v>492</v>
+      </c>
+      <c r="C120" t="s">
         <v>501</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D120" t="s">
-[...5 lines deleted...]
-      <c r="F120" s="1" t="s">
+      <c r="G120" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
+        <v>504</v>
+      </c>
+      <c r="B121" t="s">
         <v>505</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C121" t="s">
         <v>506</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="D121" t="s">
-[...5 lines deleted...]
-      <c r="F121" s="1" t="s">
+      <c r="G121" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
+        <v>509</v>
+      </c>
+      <c r="B122" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="C122" t="s">
         <v>511</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>512</v>
       </c>
       <c r="G122" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>514</v>
       </c>
       <c r="B123" t="s">
+        <v>510</v>
+      </c>
+      <c r="C123" t="s">
         <v>515</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" t="s">
+        <v>11</v>
+      </c>
+      <c r="F123" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="D123" t="s">
-[...5 lines deleted...]
-      <c r="F123" s="1" t="s">
+      <c r="G123" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
+        <v>518</v>
+      </c>
+      <c r="B124" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="C124" t="s">
         <v>520</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>521</v>
       </c>
       <c r="G124" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>523</v>
       </c>
       <c r="B125" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C125" t="s">
         <v>524</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>525</v>
       </c>
       <c r="G125" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>527</v>
       </c>
       <c r="B126" t="s">
+        <v>519</v>
+      </c>
+      <c r="C126" t="s">
         <v>528</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="D126" t="s">
-[...5 lines deleted...]
-      <c r="F126" s="1" t="s">
+      <c r="G126" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
+        <v>531</v>
+      </c>
+      <c r="B127" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="C127" t="s">
         <v>533</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>534</v>
       </c>
       <c r="G127" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>536</v>
       </c>
       <c r="B128" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="C128" t="s">
         <v>537</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>538</v>
       </c>
       <c r="G128" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>540</v>
       </c>
       <c r="B129" t="s">
+        <v>532</v>
+      </c>
+      <c r="C129" t="s">
         <v>541</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D129" t="s">
-[...5 lines deleted...]
-      <c r="F129" s="1" t="s">
+      <c r="G129" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
+        <v>544</v>
+      </c>
+      <c r="B130" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="C130" t="s">
         <v>546</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>547</v>
       </c>
       <c r="G130" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>549</v>
       </c>
       <c r="B131" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C131" t="s">
         <v>550</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>551</v>
       </c>
       <c r="G131" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>553</v>
       </c>
       <c r="B132" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C132" t="s">
         <v>554</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>555</v>
       </c>
       <c r="G132" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>557</v>
       </c>
       <c r="B133" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C133" t="s">
         <v>558</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>559</v>
       </c>
       <c r="G133" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>561</v>
       </c>
       <c r="B134" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C134" t="s">
         <v>562</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>563</v>
       </c>
       <c r="G134" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>565</v>
       </c>
       <c r="B135" t="s">
+        <v>545</v>
+      </c>
+      <c r="C135" t="s">
         <v>566</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
+        <v>11</v>
+      </c>
+      <c r="F135" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D135" t="s">
-[...5 lines deleted...]
-      <c r="F135" s="1" t="s">
+      <c r="G135" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
+        <v>569</v>
+      </c>
+      <c r="B136" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="C136" t="s">
         <v>571</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>572</v>
       </c>
       <c r="G136" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>574</v>
       </c>
       <c r="B137" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C137" t="s">
         <v>575</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>576</v>
       </c>
       <c r="G137" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>578</v>
       </c>
       <c r="B138" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C138" t="s">
         <v>579</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G138" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>582</v>
       </c>
       <c r="B139" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C139" t="s">
         <v>583</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>584</v>
       </c>
       <c r="G139" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>586</v>
       </c>
       <c r="B140" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C140" t="s">
         <v>587</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>588</v>
       </c>
       <c r="G140" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>590</v>
       </c>
       <c r="B141" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C141" t="s">
         <v>591</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>592</v>
       </c>
       <c r="G141" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>594</v>
       </c>
       <c r="B142" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C142" t="s">
         <v>595</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>596</v>
       </c>
       <c r="G142" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>598</v>
       </c>
       <c r="B143" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C143" t="s">
         <v>599</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>600</v>
       </c>
       <c r="G143" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>602</v>
       </c>
       <c r="B144" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C144" t="s">
         <v>603</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>604</v>
       </c>
       <c r="G144" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>606</v>
       </c>
       <c r="B145" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C145" t="s">
         <v>607</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>608</v>
       </c>
       <c r="G145" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>610</v>
       </c>
       <c r="B146" t="s">
+        <v>570</v>
+      </c>
+      <c r="C146" t="s">
         <v>611</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="D146" t="s">
-[...5 lines deleted...]
-      <c r="F146" s="1" t="s">
+      <c r="G146" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
+        <v>614</v>
+      </c>
+      <c r="B147" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="C147" t="s">
         <v>616</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>617</v>
       </c>
       <c r="G147" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>619</v>
       </c>
       <c r="B148" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C148" t="s">
         <v>620</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>621</v>
       </c>
       <c r="G148" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>623</v>
       </c>
       <c r="B149" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C149" t="s">
         <v>624</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>625</v>
       </c>
       <c r="G149" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>627</v>
       </c>
       <c r="B150" t="s">
+        <v>615</v>
+      </c>
+      <c r="C150" t="s">
         <v>628</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="D150" t="s">
-[...5 lines deleted...]
-      <c r="F150" s="1" t="s">
+      <c r="G150" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
+        <v>631</v>
+      </c>
+      <c r="B151" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
       <c r="C151" t="s">
         <v>633</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>634</v>
       </c>
       <c r="G151" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>636</v>
       </c>
       <c r="B152" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C152" t="s">
         <v>637</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>638</v>
       </c>
       <c r="G152" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>640</v>
       </c>
       <c r="B153" t="s">
+        <v>632</v>
+      </c>
+      <c r="C153" t="s">
         <v>641</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="D153" t="s">
-[...5 lines deleted...]
-      <c r="F153" s="1" t="s">
+      <c r="G153" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
+        <v>644</v>
+      </c>
+      <c r="B154" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="C154" t="s">
         <v>646</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>647</v>
       </c>
       <c r="G154" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>649</v>
       </c>
       <c r="B155" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C155" t="s">
         <v>650</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>651</v>
       </c>
       <c r="G155" t="s">
-        <v>639</v>
+        <v>652</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B156" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="C156" t="s">
         <v>654</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>655</v>
       </c>
       <c r="G156" t="s">
-        <v>656</v>
+        <v>643</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
+        <v>656</v>
+      </c>
+      <c r="B157" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
       <c r="C157" t="s">
         <v>658</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>659</v>
       </c>
       <c r="G157" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>661</v>
       </c>
       <c r="B158" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C158" t="s">
         <v>662</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>663</v>
       </c>
       <c r="G158" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>665</v>
       </c>
       <c r="B159" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C159" t="s">
         <v>666</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>667</v>
       </c>
       <c r="G159" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>669</v>
       </c>
       <c r="B160" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C160" t="s">
         <v>670</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>671</v>
       </c>
       <c r="G160" t="s">
-        <v>639</v>
+        <v>672</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B161" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C161" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="G161" t="s">
-        <v>675</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>676</v>
       </c>
       <c r="B162" t="s">
+        <v>657</v>
+      </c>
+      <c r="C162" t="s">
         <v>677</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="D162" t="s">
-[...5 lines deleted...]
-      <c r="F162" s="1" t="s">
+      <c r="G162" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
+        <v>680</v>
+      </c>
+      <c r="B163" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="C163" t="s">
         <v>682</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>683</v>
       </c>
       <c r="G163" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>685</v>
       </c>
       <c r="B164" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C164" t="s">
         <v>686</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>687</v>
       </c>
       <c r="G164" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>689</v>
       </c>
       <c r="B165" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C165" t="s">
         <v>690</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>691</v>
       </c>
       <c r="G165" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>693</v>
       </c>
       <c r="B166" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C166" t="s">
         <v>694</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>695</v>
       </c>
       <c r="G166" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>697</v>
       </c>
       <c r="B167" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C167" t="s">
         <v>698</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>699</v>
       </c>
       <c r="G167" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>701</v>
       </c>
       <c r="B168" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C168" t="s">
         <v>702</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>703</v>
       </c>
       <c r="G168" t="s">
-        <v>675</v>
+        <v>704</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B169" t="s">
-        <v>705</v>
+        <v>681</v>
       </c>
       <c r="C169" t="s">
         <v>706</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>707</v>
       </c>
       <c r="G169" t="s">
-        <v>708</v>
+        <v>679</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>708</v>
+      </c>
+      <c r="B170" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
       <c r="C170" t="s">
         <v>710</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>711</v>
       </c>
       <c r="G170" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>713</v>
       </c>
       <c r="B171" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C171" t="s">
         <v>714</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>715</v>
       </c>
       <c r="G171" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>717</v>
       </c>
       <c r="B172" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C172" t="s">
         <v>718</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>719</v>
       </c>
       <c r="G172" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>721</v>
       </c>
       <c r="B173" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C173" t="s">
         <v>722</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>723</v>
       </c>
       <c r="G173" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>725</v>
       </c>
       <c r="B174" t="s">
+        <v>709</v>
+      </c>
+      <c r="C174" t="s">
         <v>726</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="D174" t="s">
-[...5 lines deleted...]
-      <c r="F174" s="1" t="s">
+      <c r="G174" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>729</v>
+      </c>
+      <c r="B175" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="C175" t="s">
         <v>731</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>732</v>
       </c>
       <c r="G175" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>734</v>
       </c>
       <c r="B176" t="s">
+        <v>730</v>
+      </c>
+      <c r="C176" t="s">
         <v>735</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="D176" t="s">
-[...5 lines deleted...]
-      <c r="F176" s="1" t="s">
+      <c r="G176" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
+        <v>738</v>
+      </c>
+      <c r="B177" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
       <c r="C177" t="s">
         <v>740</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>741</v>
       </c>
       <c r="G177" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>743</v>
       </c>
       <c r="B178" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C178" t="s">
         <v>744</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>745</v>
       </c>
       <c r="G178" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>747</v>
       </c>
       <c r="B179" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C179" t="s">
         <v>748</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>749</v>
       </c>
       <c r="G179" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>751</v>
       </c>
       <c r="B180" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C180" t="s">
         <v>752</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>753</v>
       </c>
       <c r="G180" t="s">
-        <v>696</v>
+        <v>754</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B181" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C181" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G181" t="s">
-        <v>757</v>
+        <v>700</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>758</v>
       </c>
       <c r="B182" t="s">
+        <v>739</v>
+      </c>
+      <c r="C182" t="s">
         <v>759</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
+        <v>11</v>
+      </c>
+      <c r="F182" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="D182" t="s">
-[...5 lines deleted...]
-      <c r="F182" s="1" t="s">
+      <c r="G182" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
+        <v>762</v>
+      </c>
+      <c r="B183" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="C183" t="s">
         <v>764</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>765</v>
       </c>
       <c r="G183" t="s">
-        <v>639</v>
+        <v>766</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B184" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C184" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="G184" t="s">
-        <v>769</v>
+        <v>643</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>770</v>
       </c>
       <c r="B185" t="s">
+        <v>763</v>
+      </c>
+      <c r="C185" t="s">
         <v>771</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="D185" t="s">
-[...5 lines deleted...]
-      <c r="F185" s="1" t="s">
+      <c r="G185" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
+        <v>774</v>
+      </c>
+      <c r="B186" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="C186" t="s">
         <v>776</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>777</v>
       </c>
       <c r="G186" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>779</v>
       </c>
       <c r="B187" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C187" t="s">
         <v>780</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>781</v>
       </c>
       <c r="G187" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>783</v>
       </c>
       <c r="B188" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C188" t="s">
         <v>784</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>785</v>
       </c>
       <c r="G188" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>787</v>
       </c>
       <c r="B189" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C189" t="s">
         <v>788</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>789</v>
       </c>
       <c r="G189" t="s">
-        <v>675</v>
+        <v>790</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B190" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="C190" t="s">
         <v>792</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>793</v>
       </c>
       <c r="G190" t="s">
-        <v>794</v>
+        <v>679</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
+        <v>794</v>
+      </c>
+      <c r="B191" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="C191" t="s">
         <v>796</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>797</v>
       </c>
       <c r="G191" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>799</v>
       </c>
       <c r="B192" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C192" t="s">
         <v>800</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>801</v>
       </c>
       <c r="G192" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>803</v>
       </c>
       <c r="B193" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C193" t="s">
         <v>804</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>805</v>
       </c>
       <c r="G193" t="s">
-        <v>675</v>
+        <v>806</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B194" t="s">
-        <v>807</v>
+        <v>795</v>
       </c>
       <c r="C194" t="s">
         <v>808</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>809</v>
       </c>
       <c r="G194" t="s">
-        <v>810</v>
+        <v>679</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>810</v>
+      </c>
+      <c r="B195" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="C195" t="s">
         <v>812</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>813</v>
       </c>
       <c r="G195" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>815</v>
       </c>
       <c r="B196" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C196" t="s">
         <v>816</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>817</v>
       </c>
       <c r="G196" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>819</v>
       </c>
       <c r="B197" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C197" t="s">
         <v>820</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>821</v>
       </c>
       <c r="G197" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>823</v>
       </c>
       <c r="B198" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C198" t="s">
         <v>824</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>825</v>
       </c>
       <c r="G198" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>827</v>
       </c>
       <c r="B199" t="s">
+        <v>811</v>
+      </c>
+      <c r="C199" t="s">
         <v>828</v>
       </c>
-      <c r="C199" t="s">
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="D199" t="s">
-[...5 lines deleted...]
-      <c r="F199" s="1" t="s">
+      <c r="G199" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>831</v>
+      </c>
+      <c r="B200" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
       <c r="C200" t="s">
         <v>833</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>834</v>
       </c>
       <c r="G200" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>836</v>
       </c>
       <c r="B201" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C201" t="s">
         <v>837</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>838</v>
       </c>
       <c r="G201" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>840</v>
       </c>
       <c r="B202" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C202" t="s">
         <v>841</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>842</v>
       </c>
       <c r="G202" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>844</v>
       </c>
       <c r="B203" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C203" t="s">
         <v>845</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>846</v>
       </c>
       <c r="G203" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>848</v>
       </c>
       <c r="B204" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C204" t="s">
         <v>849</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>850</v>
       </c>
       <c r="G204" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>852</v>
       </c>
       <c r="B205" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C205" t="s">
         <v>853</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>854</v>
       </c>
       <c r="G205" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>856</v>
       </c>
       <c r="B206" t="s">
+        <v>832</v>
+      </c>
+      <c r="C206" t="s">
         <v>857</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="D206" t="s">
-[...5 lines deleted...]
-      <c r="F206" s="1" t="s">
+      <c r="G206" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
+        <v>860</v>
+      </c>
+      <c r="B207" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
       <c r="C207" t="s">
         <v>862</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>863</v>
       </c>
       <c r="G207" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>865</v>
       </c>
       <c r="B208" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C208" t="s">
         <v>866</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>867</v>
       </c>
       <c r="G208" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>869</v>
       </c>
       <c r="B209" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C209" t="s">
         <v>870</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>871</v>
       </c>
       <c r="G209" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>873</v>
       </c>
       <c r="B210" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C210" t="s">
         <v>874</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>875</v>
       </c>
       <c r="G210" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>877</v>
       </c>
       <c r="B211" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C211" t="s">
         <v>878</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>879</v>
       </c>
       <c r="G211" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>881</v>
       </c>
       <c r="B212" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C212" t="s">
         <v>882</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G212" t="s">
-        <v>556</v>
+        <v>884</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B213" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C213" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="G213" t="s">
-        <v>887</v>
+        <v>560</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>888</v>
       </c>
       <c r="B214" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C214" t="s">
         <v>889</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>890</v>
       </c>
       <c r="G214" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>892</v>
       </c>
       <c r="B215" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C215" t="s">
         <v>893</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>894</v>
       </c>
       <c r="G215" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>896</v>
       </c>
       <c r="B216" t="s">
+        <v>861</v>
+      </c>
+      <c r="C216" t="s">
         <v>897</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" t="s">
+        <v>10</v>
+      </c>
+      <c r="E216" t="s">
+        <v>11</v>
+      </c>
+      <c r="F216" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="D216" t="s">
-[...5 lines deleted...]
-      <c r="F216" s="1" t="s">
+      <c r="G216" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
+        <v>900</v>
+      </c>
+      <c r="B217" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
       <c r="C217" t="s">
         <v>902</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>903</v>
       </c>
       <c r="G217" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>905</v>
       </c>
       <c r="B218" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="C218" t="s">
         <v>906</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>907</v>
       </c>
       <c r="G218" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>909</v>
       </c>
       <c r="B219" t="s">
+        <v>901</v>
+      </c>
+      <c r="C219" t="s">
         <v>910</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D219" t="s">
-[...5 lines deleted...]
-      <c r="F219" s="1" t="s">
+      <c r="G219" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>913</v>
+      </c>
+      <c r="B220" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="C220" t="s">
         <v>915</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>916</v>
       </c>
       <c r="G220" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>918</v>
       </c>
       <c r="B221" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="C221" t="s">
         <v>919</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>920</v>
       </c>
       <c r="G221" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>922</v>
       </c>
       <c r="B222" t="s">
+        <v>914</v>
+      </c>
+      <c r="C222" t="s">
         <v>923</v>
       </c>
-      <c r="C222" t="s">
+      <c r="D222" t="s">
+        <v>10</v>
+      </c>
+      <c r="E222" t="s">
+        <v>11</v>
+      </c>
+      <c r="F222" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="D222" t="s">
-[...5 lines deleted...]
-      <c r="F222" s="1" t="s">
+      <c r="G222" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
+        <v>926</v>
+      </c>
+      <c r="B223" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="C223" t="s">
         <v>928</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>929</v>
       </c>
       <c r="G223" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>931</v>
       </c>
       <c r="B224" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C224" t="s">
         <v>932</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>933</v>
       </c>
       <c r="G224" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
         <v>935</v>
       </c>
       <c r="B225" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C225" t="s">
         <v>936</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>937</v>
       </c>
       <c r="G225" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>939</v>
       </c>
       <c r="B226" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C226" t="s">
         <v>940</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>941</v>
       </c>
       <c r="G226" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>943</v>
       </c>
       <c r="B227" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C227" t="s">
         <v>944</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>945</v>
       </c>
       <c r="G227" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>947</v>
       </c>
       <c r="B228" t="s">
+        <v>927</v>
+      </c>
+      <c r="C228" t="s">
         <v>948</v>
       </c>
-      <c r="C228" t="s">
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="D228" t="s">
-[...5 lines deleted...]
-      <c r="F228" s="1" t="s">
+      <c r="G228" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
+        <v>951</v>
+      </c>
+      <c r="B229" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
       <c r="C229" t="s">
         <v>953</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>954</v>
       </c>
       <c r="G229" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>956</v>
       </c>
       <c r="B230" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="C230" t="s">
         <v>957</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>958</v>
       </c>
       <c r="G230" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>960</v>
       </c>
       <c r="B231" t="s">
+        <v>952</v>
+      </c>
+      <c r="C231" t="s">
         <v>961</v>
       </c>
-      <c r="C231" t="s">
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="D231" t="s">
-[...5 lines deleted...]
-      <c r="F231" s="1" t="s">
+      <c r="G231" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
+        <v>964</v>
+      </c>
+      <c r="B232" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="C232" t="s">
         <v>966</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>967</v>
       </c>
       <c r="G232" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>969</v>
       </c>
       <c r="B233" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C233" t="s">
         <v>970</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>971</v>
       </c>
       <c r="G233" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>973</v>
       </c>
       <c r="B234" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C234" t="s">
         <v>974</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>975</v>
       </c>
       <c r="G234" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>977</v>
       </c>
       <c r="B235" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C235" t="s">
         <v>978</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>979</v>
       </c>
       <c r="G235" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>981</v>
       </c>
       <c r="B236" t="s">
+        <v>965</v>
+      </c>
+      <c r="C236" t="s">
         <v>982</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="D236" t="s">
-[...5 lines deleted...]
-      <c r="F236" s="1" t="s">
+      <c r="G236" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
+        <v>985</v>
+      </c>
+      <c r="B237" t="s">
         <v>986</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
       <c r="C237" t="s">
         <v>987</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>988</v>
       </c>
       <c r="G237" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>990</v>
       </c>
       <c r="B238" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C238" t="s">
         <v>991</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>992</v>
       </c>
       <c r="G238" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>994</v>
       </c>
       <c r="B239" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C239" t="s">
         <v>995</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>996</v>
       </c>
       <c r="G239" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>998</v>
       </c>
       <c r="B240" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C240" t="s">
         <v>999</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="G240" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>1002</v>
       </c>
       <c r="B241" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C241" t="s">
         <v>1003</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="G241" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>1006</v>
       </c>
       <c r="B242" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C242" t="s">
         <v>1007</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="G242" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>1010</v>
       </c>
       <c r="B243" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C243" t="s">
         <v>1011</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="G243" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>1014</v>
       </c>
       <c r="B244" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C244" t="s">
         <v>1015</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="G244" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>1018</v>
       </c>
       <c r="B245" t="s">
+        <v>986</v>
+      </c>
+      <c r="C245" t="s">
         <v>1019</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="D245" t="s">
-[...5 lines deleted...]
-      <c r="F245" s="1" t="s">
+      <c r="G245" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B246" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="C246" t="s">
         <v>1024</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="G246" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>1027</v>
       </c>
       <c r="B247" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C247" t="s">
         <v>1028</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="G247" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>1031</v>
       </c>
       <c r="B248" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C248" t="s">
         <v>1032</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="G248" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>1035</v>
       </c>
       <c r="B249" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C249" t="s">
         <v>1036</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="G249" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>1039</v>
       </c>
       <c r="B250" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C250" t="s">
         <v>1040</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="G250" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>1043</v>
       </c>
       <c r="B251" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C251" t="s">
         <v>1044</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="G251" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>1047</v>
       </c>
       <c r="B252" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C252" t="s">
         <v>1048</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="G252" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
         <v>1051</v>
       </c>
       <c r="B253" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C253" t="s">
         <v>1052</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="G253" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>1055</v>
       </c>
       <c r="B254" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C254" t="s">
         <v>1056</v>
       </c>
-      <c r="C254" t="s">
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
+        <v>11</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="D254" t="s">
-[...5 lines deleted...]
-      <c r="F254" s="1" t="s">
+      <c r="G254" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B255" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="C255" t="s">
         <v>1061</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="G255" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>1064</v>
       </c>
       <c r="B256" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C256" t="s">
         <v>1065</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="G256" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>1068</v>
       </c>
       <c r="B257" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C257" t="s">
         <v>1069</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="G257" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>1072</v>
       </c>
       <c r="B258" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C258" t="s">
         <v>1073</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="G258" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>1076</v>
       </c>
       <c r="B259" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C259" t="s">
         <v>1077</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="G259" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>1080</v>
       </c>
       <c r="B260" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C260" t="s">
         <v>1081</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="G260" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
         <v>1084</v>
       </c>
       <c r="B261" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C261" t="s">
         <v>1085</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="G261" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>1088</v>
       </c>
       <c r="B262" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C262" t="s">
         <v>1089</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="G262" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>1092</v>
       </c>
       <c r="B263" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C263" t="s">
         <v>1093</v>
       </c>
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="D263" t="s">
-[...5 lines deleted...]
-      <c r="F263" s="1" t="s">
+      <c r="G263" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B264" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1093</v>
       </c>
       <c r="C264" t="s">
         <v>1098</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="G264" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D265" t="s">
+        <v>10</v>
+      </c>
+      <c r="E265" t="s">
+        <v>11</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="G265" t="s">
         <v>1100</v>
-      </c>
-[...16 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B266" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="C266" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="G266" t="s">
-        <v>1106</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>1107</v>
       </c>
       <c r="B267" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="C267" t="s">
         <v>1108</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="G267" t="s">
-        <v>1054</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B268" t="s">
-        <v>1111</v>
+        <v>1097</v>
       </c>
       <c r="C268" t="s">
         <v>1112</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="G268" t="s">
-        <v>1114</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B269" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
       <c r="C269" t="s">
         <v>1116</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="G269" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>1119</v>
       </c>
       <c r="B270" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C270" t="s">
         <v>1120</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="G270" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>1123</v>
       </c>
       <c r="B271" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C271" t="s">
         <v>1124</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="G271" t="s">
-        <v>1096</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="B272" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C272" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="G272" t="s">
-        <v>1129</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>1130</v>
       </c>
       <c r="B273" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C273" t="s">
         <v>1131</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="G273" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>1134</v>
       </c>
       <c r="B274" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C274" t="s">
         <v>1135</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="G274" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>1138</v>
       </c>
       <c r="B275" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C275" t="s">
         <v>1139</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="G275" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>1142</v>
       </c>
       <c r="B276" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C276" t="s">
         <v>1143</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="G276" t="s">
-        <v>1075</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B277" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C277" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="G277" t="s">
-        <v>1148</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
         <v>1149</v>
       </c>
       <c r="B278" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C278" t="s">
         <v>1150</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="G278" t="s">
-        <v>1075</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B279" t="s">
-        <v>1153</v>
+        <v>1115</v>
       </c>
       <c r="C279" t="s">
         <v>1154</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="G279" t="s">
-        <v>1156</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B280" t="s">
         <v>1157</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
       <c r="C280" t="s">
         <v>1158</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="G280" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>1161</v>
       </c>
       <c r="B281" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C281" t="s">
         <v>1162</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="G281" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>1165</v>
       </c>
       <c r="B282" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C282" t="s">
         <v>1166</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="G282" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>1169</v>
       </c>
       <c r="B283" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C283" t="s">
         <v>1170</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="G283" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>1173</v>
       </c>
       <c r="B284" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C284" t="s">
         <v>1174</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="G284" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>1177</v>
       </c>
       <c r="B285" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C285" t="s">
         <v>1178</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="G285" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>1181</v>
       </c>
       <c r="B286" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C286" t="s">
         <v>1182</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="G286" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>1185</v>
       </c>
       <c r="B287" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C287" t="s">
         <v>1186</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="G287" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>1189</v>
       </c>
       <c r="B288" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C288" t="s">
         <v>1190</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="G288" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>1193</v>
       </c>
       <c r="B289" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C289" t="s">
         <v>1194</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="G289" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>1197</v>
       </c>
       <c r="B290" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C290" t="s">
         <v>1198</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="G290" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>1201</v>
       </c>
       <c r="B291" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C291" t="s">
         <v>1202</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="G291" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>1205</v>
       </c>
       <c r="B292" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C292" t="s">
         <v>1206</v>
       </c>
-      <c r="C292" t="s">
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="D292" t="s">
-[...5 lines deleted...]
-      <c r="F292" s="1" t="s">
+      <c r="G292" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B293" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="C293" t="s">
         <v>1211</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="G293" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>1214</v>
       </c>
       <c r="B294" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C294" t="s">
         <v>1215</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="G294" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>1218</v>
       </c>
       <c r="B295" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C295" t="s">
         <v>1219</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="G295" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>1222</v>
       </c>
       <c r="B296" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C296" t="s">
         <v>1223</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="G296" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>1226</v>
       </c>
       <c r="B297" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C297" t="s">
         <v>1227</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="G297" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D298" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" t="s">
+        <v>11</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G298" t="s">
         <v>1229</v>
-      </c>
-[...16 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>1233</v>
       </c>
       <c r="B299" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C299" t="s">
         <v>1234</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="G299" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>1237</v>
       </c>
       <c r="B300" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C300" t="s">
         <v>1238</v>
       </c>
-      <c r="C300" t="s">
+      <c r="D300" t="s">
+        <v>10</v>
+      </c>
+      <c r="E300" t="s">
+        <v>11</v>
+      </c>
+      <c r="F300" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="D300" t="s">
-[...5 lines deleted...]
-      <c r="F300" s="1" t="s">
+      <c r="G300" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>1241</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B301" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="C301" t="s">
         <v>1243</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="G301" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>1246</v>
       </c>
       <c r="B302" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C302" t="s">
         <v>1247</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="G302" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>1250</v>
       </c>
       <c r="B303" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C303" t="s">
         <v>1251</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="G303" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>1254</v>
       </c>
       <c r="B304" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C304" t="s">
         <v>1255</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="G304" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>1258</v>
       </c>
       <c r="B305" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="C305" t="s">
         <v>1259</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="G305" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>1262</v>
       </c>
       <c r="B306" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C306" t="s">
         <v>1263</v>
       </c>
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>10</v>
+      </c>
+      <c r="E306" t="s">
+        <v>11</v>
+      </c>
+      <c r="F306" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="D306" t="s">
-[...5 lines deleted...]
-      <c r="F306" s="1" t="s">
+      <c r="G306" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B307" t="s">
         <v>1267</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="C307" t="s">
         <v>1268</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="G307" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>1271</v>
       </c>
       <c r="B308" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C308" t="s">
         <v>1272</v>
       </c>
-      <c r="C308" t="s">
+      <c r="D308" t="s">
+        <v>10</v>
+      </c>
+      <c r="E308" t="s">
+        <v>11</v>
+      </c>
+      <c r="F308" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="D308" t="s">
-[...5 lines deleted...]
-      <c r="F308" s="1" t="s">
+      <c r="G308" t="s">
         <v>1274</v>
-      </c>
-[...1 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B309" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>1272</v>
       </c>
       <c r="C309" t="s">
         <v>1277</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="G309" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>1280</v>
       </c>
       <c r="B310" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="C310" t="s">
         <v>1281</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="G310" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>1284</v>
       </c>
       <c r="B311" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="C311" t="s">
         <v>1285</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="G311" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>1288</v>
       </c>
       <c r="B312" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="C312" t="s">
         <v>1289</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="G312" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>1292</v>
       </c>
       <c r="B313" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C313" t="s">
         <v>1293</v>
       </c>
-      <c r="C313" t="s">
+      <c r="D313" t="s">
+        <v>10</v>
+      </c>
+      <c r="E313" t="s">
+        <v>11</v>
+      </c>
+      <c r="F313" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="D313" t="s">
-[...5 lines deleted...]
-      <c r="F313" s="1" t="s">
+      <c r="G313" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B314" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
       <c r="C314" t="s">
         <v>1298</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="G314" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>1301</v>
       </c>
       <c r="B315" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C315" t="s">
         <v>1302</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="G315" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>1305</v>
       </c>
       <c r="B316" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C316" t="s">
         <v>1306</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="G316" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>1309</v>
       </c>
       <c r="B317" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C317" t="s">
         <v>1310</v>
       </c>
-      <c r="C317" t="s">
+      <c r="D317" t="s">
+        <v>10</v>
+      </c>
+      <c r="E317" t="s">
+        <v>11</v>
+      </c>
+      <c r="F317" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="D317" t="s">
-[...5 lines deleted...]
-      <c r="F317" s="1" t="s">
+      <c r="G317" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B318" t="s">
         <v>1314</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
       <c r="C318" t="s">
         <v>1315</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="G318" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>1318</v>
       </c>
       <c r="B319" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C319" t="s">
         <v>1319</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="G319" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>1322</v>
       </c>
       <c r="B320" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C320" t="s">
         <v>1323</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="G320" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>1326</v>
       </c>
       <c r="B321" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C321" t="s">
         <v>1327</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="G321" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>1330</v>
       </c>
       <c r="B322" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C322" t="s">
         <v>1331</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="G322" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>1334</v>
       </c>
       <c r="B323" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C323" t="s">
         <v>1335</v>
       </c>
-      <c r="C323" t="s">
+      <c r="D323" t="s">
+        <v>10</v>
+      </c>
+      <c r="E323" t="s">
+        <v>11</v>
+      </c>
+      <c r="F323" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="D323" t="s">
-[...5 lines deleted...]
-      <c r="F323" s="1" t="s">
+      <c r="G323" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B324" t="s">
         <v>1339</v>
       </c>
-      <c r="B324" t="s">
+      <c r="C324" t="s">
         <v>1340</v>
       </c>
-      <c r="C324" t="s">
+      <c r="D324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s">
+        <v>11</v>
+      </c>
+      <c r="F324" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="D324" t="s">
-[...5 lines deleted...]
-      <c r="F324" s="1" t="s">
+      <c r="G324" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B325" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1340</v>
       </c>
       <c r="C325" t="s">
         <v>1345</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="G325" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>1348</v>
       </c>
       <c r="B326" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="C326" t="s">
         <v>1349</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="G326" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>1352</v>
       </c>
       <c r="B327" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="C327" t="s">
         <v>1353</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="G327" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>1356</v>
       </c>
       <c r="B328" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="C328" t="s">
         <v>1357</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="G328" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>1360</v>
       </c>
       <c r="B329" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="C329" t="s">
         <v>1361</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="G329" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>1364</v>
       </c>
       <c r="B330" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C330" t="s">
         <v>1365</v>
       </c>
-      <c r="C330" t="s">
+      <c r="D330" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s">
+        <v>11</v>
+      </c>
+      <c r="F330" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="D330" t="s">
-[...5 lines deleted...]
-      <c r="F330" s="1" t="s">
+      <c r="G330" t="s">
         <v>1367</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>1368</v>
       </c>
       <c r="B331" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="C331" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="G331" t="s">
-        <v>1371</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>1372</v>
       </c>
       <c r="B332" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="C332" t="s">
         <v>1373</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="G332" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>1376</v>
       </c>
       <c r="B333" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="C333" t="s">
         <v>1377</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="G333" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>1380</v>
       </c>
       <c r="B334" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C334" t="s">
         <v>1381</v>
       </c>
-      <c r="C334" t="s">
+      <c r="D334" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" t="s">
+        <v>11</v>
+      </c>
+      <c r="F334" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="D334" t="s">
-[...5 lines deleted...]
-      <c r="F334" s="1" t="s">
+      <c r="G334" t="s">
         <v>1383</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>1384</v>
       </c>
       <c r="B335" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C335" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="G335" t="s">
-        <v>1379</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B336" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C336" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="G336" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B337" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C337" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="G337" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B338" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C338" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="G338" t="s">
-        <v>1396</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>1397</v>
       </c>
       <c r="B339" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C339" t="s">
         <v>1398</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="G339" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>1401</v>
       </c>
       <c r="B340" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C340" t="s">
         <v>1402</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="G340" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>1405</v>
       </c>
       <c r="B341" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C341" t="s">
         <v>1406</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="G341" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>1409</v>
       </c>
       <c r="B342" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C342" t="s">
         <v>1410</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="G342" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>1413</v>
       </c>
       <c r="B343" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C343" t="s">
         <v>1414</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="G343" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>1417</v>
       </c>
       <c r="B344" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C344" t="s">
         <v>1418</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="G344" t="s">
         <v>1420</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>1421</v>
       </c>
       <c r="B345" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="C345" t="s">
         <v>1422</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>1423</v>
       </c>
       <c r="G345" t="s">
         <v>1424</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>1425</v>
       </c>
       <c r="B346" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C346" t="s">
         <v>1426</v>
       </c>
-      <c r="C346" t="s">
+      <c r="D346" t="s">
+        <v>10</v>
+      </c>
+      <c r="E346" t="s">
+        <v>11</v>
+      </c>
+      <c r="F346" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="D346" t="s">
-[...5 lines deleted...]
-      <c r="F346" s="1" t="s">
+      <c r="G346" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B347" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1426</v>
       </c>
       <c r="C347" t="s">
         <v>1431</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="G347" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>1434</v>
       </c>
       <c r="B348" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C348" t="s">
         <v>1435</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="G348" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>1438</v>
       </c>
       <c r="B349" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C349" t="s">
         <v>1439</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="G349" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
         <v>1442</v>
       </c>
       <c r="B350" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C350" t="s">
         <v>1443</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="G350" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>1446</v>
       </c>
       <c r="B351" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C351" t="s">
         <v>1447</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="G351" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>1450</v>
       </c>
       <c r="B352" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C352" t="s">
         <v>1451</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="G352" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>1454</v>
       </c>
       <c r="B353" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C353" t="s">
         <v>1455</v>
       </c>
-      <c r="C353" t="s">
+      <c r="D353" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" t="s">
+        <v>11</v>
+      </c>
+      <c r="F353" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="D353" t="s">
-[...5 lines deleted...]
-      <c r="F353" s="1" t="s">
+      <c r="G353" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B354" t="s">
         <v>1459</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
       <c r="C354" t="s">
         <v>1460</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="G354" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>1463</v>
       </c>
       <c r="B355" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="C355" t="s">
         <v>1464</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>1465</v>
       </c>
       <c r="G355" t="s">
-        <v>1291</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B356" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="C356" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="G356" t="s">
-        <v>1469</v>
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7">
+      <c r="A357" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D357" t="s">
+        <v>10</v>
+      </c>
+      <c r="E357" t="s">
+        <v>11</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G357" t="s">
+        <v>1473</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -13342,50 +13377,51 @@
     <hyperlink ref="F332" r:id="rId331"/>
     <hyperlink ref="F333" r:id="rId332"/>
     <hyperlink ref="F334" r:id="rId333"/>
     <hyperlink ref="F335" r:id="rId334"/>
     <hyperlink ref="F336" r:id="rId335"/>
     <hyperlink ref="F337" r:id="rId336"/>
     <hyperlink ref="F338" r:id="rId337"/>
     <hyperlink ref="F339" r:id="rId338"/>
     <hyperlink ref="F340" r:id="rId339"/>
     <hyperlink ref="F341" r:id="rId340"/>
     <hyperlink ref="F342" r:id="rId341"/>
     <hyperlink ref="F343" r:id="rId342"/>
     <hyperlink ref="F344" r:id="rId343"/>
     <hyperlink ref="F345" r:id="rId344"/>
     <hyperlink ref="F346" r:id="rId345"/>
     <hyperlink ref="F347" r:id="rId346"/>
     <hyperlink ref="F348" r:id="rId347"/>
     <hyperlink ref="F349" r:id="rId348"/>
     <hyperlink ref="F350" r:id="rId349"/>
     <hyperlink ref="F351" r:id="rId350"/>
     <hyperlink ref="F352" r:id="rId351"/>
     <hyperlink ref="F353" r:id="rId352"/>
     <hyperlink ref="F354" r:id="rId353"/>
     <hyperlink ref="F355" r:id="rId354"/>
     <hyperlink ref="F356" r:id="rId355"/>
+    <hyperlink ref="F357" r:id="rId356"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>