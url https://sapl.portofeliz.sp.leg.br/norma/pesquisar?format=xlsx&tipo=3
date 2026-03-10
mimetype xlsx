--- v0 (2025-12-02)
+++ v1 (2026-03-10)
@@ -48,7392 +48,7392 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9423</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9423/decreto_legislativo_no609-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9423/decreto_legislativo_no609-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO MUNICÍPIO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9420</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9420/decreto_legislativo_608.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9420/decreto_legislativo_608.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SENHOR PAULO CESAR GALVÃO.</t>
   </si>
   <si>
     <t>9416</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9416/decreto_607.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9416/decreto_607.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A SAMANTA HOLTZ</t>
   </si>
   <si>
     <t>9415</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9415/decreto_606.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9415/decreto_606.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" A ANA JULIA LUQUES</t>
   </si>
   <si>
     <t>9414</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9414/decreto_605.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9414/decreto_605.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE À SENHORA MARIA EMÍLIA CORREA LOURENÇO</t>
   </si>
   <si>
     <t>9413</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9413/decreto_604.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9413/decreto_604.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" PARA O SENHOR SIDNEI DIAS</t>
   </si>
   <si>
     <t>9412</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9412/decreto_603.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9412/decreto_603.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR RONALDO PANTOJO</t>
   </si>
   <si>
     <t>9410</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9410/decreto_legislativo_602-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9410/decreto_legislativo_602-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A ÉRICA CAMILO ROCHA.</t>
   </si>
   <si>
     <t>9409</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9409/decreto_legislativo_601-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9409/decreto_legislativo_601-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" AO ENZO GABRIEL PINHEIRO RODRIGUES.</t>
   </si>
   <si>
     <t>9408</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9408/decreto_legislativo_600-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9408/decreto_legislativo_600-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" AO SENHOR FRANCISCO JOSÉ VERALDO</t>
   </si>
   <si>
     <t>9407</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9407/decreto_legislativo_599-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9407/decreto_legislativo_599-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” AO STUDIO AGNOS.</t>
   </si>
   <si>
     <t>9406</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9406/decreto_legislativo_598-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9406/decreto_legislativo_598-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” А DULCE VIEGAS PEREIRA.</t>
   </si>
   <si>
     <t>9405</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9405/decreto_legislativo_597-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9405/decreto_legislativo_597-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" AO MIGUEL DOS SANTOS DE CAMPOS BARROS</t>
   </si>
   <si>
     <t>9404</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9404/decreto_legislativo_596-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9404/decreto_legislativo_596-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO BATISTA DAS NEVES FILHO</t>
   </si>
   <si>
     <t>9403</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR WELLINGTON FERNANDES</t>
   </si>
   <si>
     <t>9402</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9402/decreto_legislativo_594-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9402/decreto_legislativo_594-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE À SENHORA SARA PATRÍCIA GODOY MAFFEI.</t>
   </si>
   <si>
     <t>9401</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9401/decreto_legislativo_593-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9401/decreto_legislativo_593-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE MELHOR IDADE" PARA A SENHORA APARECIDA DE SOUZA BARROS.</t>
   </si>
   <si>
     <t>9400</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9400/decreto_legislativo_592-2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9400/decreto_legislativo_592-2025.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A NILSON TERUEL</t>
   </si>
   <si>
     <t>9398</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9398/decreto_legislativo_591_-_talento_jovem_maria_clara_cruz_affonso.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9398/decreto_legislativo_591_-_talento_jovem_maria_clara_cruz_affonso.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” A MARIA CLARA LEMES CRUZ AFFONSO</t>
   </si>
   <si>
     <t>9397</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9397/decreto_legislativo_590_-_premio_cultural_banda_unidos_do_apae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9397/decreto_legislativo_590_-_premio_cultural_banda_unidos_do_apae.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A BANDA UNIDOS DA APAE</t>
   </si>
   <si>
     <t>9396</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9396/decreto_legislativo_589_-_melhor_idade_jonadir_dos_santos_menegon.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9396/decreto_legislativo_589_-_melhor_idade_jonadir_dos_santos_menegon.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” A SENHORA JONADIR DOS SANTOS MENEGON</t>
   </si>
   <si>
     <t>9395</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9395/decreto_legislativo_588_-_melhor_idade_maria_alcidina_bueno_correa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9395/decreto_legislativo_588_-_melhor_idade_maria_alcidina_bueno_correa.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" A  MARIA ALCIDINA BUENO CORRÊA.</t>
   </si>
   <si>
     <t>9394</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9394/decreto_legislativo_587_-_cidada_honoraria_thayana_montico_carlos_zanella.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9394/decreto_legislativo_587_-_cidada_honoraria_thayana_montico_carlos_zanella.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A SENHORA THAYANA FERNANDA MONTICO CARLOS ZANELLA</t>
   </si>
   <si>
     <t>9393</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9393/decreto_legislativo_586_-_premio_cultural_ricardo_de_macedo_ghiraldi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9393/decreto_legislativo_586_-_premio_cultural_ricardo_de_macedo_ghiraldi.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAМОТО” АO MAESTRO RICARDO DE MACEDO GHIRALDI</t>
   </si>
   <si>
     <t>9392</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9392/decreto_legislativo_585_-_talento_jovem_samuel_mesquita_carvalho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9392/decreto_legislativo_585_-_talento_jovem_samuel_mesquita_carvalho.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” AO SAMUEL MESQUITA CARVALHO</t>
   </si>
   <si>
     <t>9391</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9391/decreto_legislativo_584_-_cidadao_honorario_ezequiel_pedrozo_luciano.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9391/decreto_legislativo_584_-_cidadao_honorario_ezequiel_pedrozo_luciano.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EZEQUIEL PEDROSO LUCIANO</t>
   </si>
   <si>
     <t>9390</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9390/decreto_legislativo_583_-_premio_cultural_a_banda_tua_face.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9390/decreto_legislativo_583_-_premio_cultural_a_banda_tua_face.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMАМОТО” BANDA TUA FAСЕ</t>
   </si>
   <si>
     <t>9389</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9389/decreto_legislativo_582_-_titulo_de_cidadao_portofelicense_josiel_gregorio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9389/decreto_legislativo_582_-_titulo_de_cidadao_portofelicense_josiel_gregorio.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR JOSIEL GREGÓRIO.</t>
   </si>
   <si>
     <t>9388</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9388/decreto_legislativo_581_-_talento_jovem_caua_de_souza_nunes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9388/decreto_legislativo_581_-_talento_jovem_caua_de_souza_nunes.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” À CAUÃ DE SOUZA NUNES</t>
   </si>
   <si>
     <t>9387</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9387/decreto_legislativo_580_-_cidadao_honorario_odair_a_lara_jr.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9387/decreto_legislativo_580_-_cidadao_honorario_odair_a_lara_jr.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ODAIR DE ALMEIDA LARA JUNIOR</t>
   </si>
   <si>
     <t>9386</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9386/decreto_legislativo_579_-_premio_cultural_ao_studio_solydance.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9386/decreto_legislativo_579_-_premio_cultural_ao_studio_solydance.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” AO STUDIO SOLY'DANCE</t>
   </si>
   <si>
     <t>9385</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9385/decreto_legislativo_578_-_talento_jovem_maria_eduarda_perotti.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9385/decreto_legislativo_578_-_talento_jovem_maria_eduarda_perotti.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” À PEQUENA MARIA EDUARDA PEROTTI.</t>
   </si>
   <si>
     <t>9384</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9384/decreto_legislativo_577_-_premio_cultural_a_odila_fernandes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9384/decreto_legislativo_577_-_premio_cultural_a_odila_fernandes.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A SENHORA ODILA FERNANDES.</t>
   </si>
   <si>
     <t>9383</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9383/decreto_legislativo_576_-_destaque_melhor_idade_aparicio_j_bandeira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9383/decreto_legislativo_576_-_destaque_melhor_idade_aparicio_j_bandeira.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SENHOR APARÍCIO JOSÉ BANDEIRA.</t>
   </si>
   <si>
     <t>9382</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9382/decreto_legislativo_575_-_destaque_melhor_idade_maria_l_a_trentin_zilli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9382/decreto_legislativo_575_-_destaque_melhor_idade_maria_l_a_trentin_zilli.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” A MARIA DE LOURDES DE ALMEIDA TRENTIN ZILLI</t>
   </si>
   <si>
     <t>9377</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9377/decreto_legislativo_574_-_talento_jovem_alice_batista.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9377/decreto_legislativo_574_-_talento_jovem_alice_batista.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” A ALICE BATISTA</t>
   </si>
   <si>
     <t>9198</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9198/decreto.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9198/decreto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>6086</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6086/decreto_legislativo_572_-_cidada_porto-felicense_a_sheyla_martins_muniz.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6086/decreto_legislativo_572_-_cidada_porto-felicense_a_sheyla_martins_muniz.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA SHEYLA MARTINS MUNIZ</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/955/decreto_legislativo_571_-_premio_cultural_antonio_yamamoto_a_jessica_leroy.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/955/decreto_legislativo_571_-_premio_cultural_antonio_yamamoto_a_jessica_leroy.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A JÉSSICA LEROY</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/954/decreto_legislativo_570_-_premio_cultural_antonio_yamamoto_a_andreia_miranda_de_m._nascimento.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/954/decreto_legislativo_570_-_premio_cultural_antonio_yamamoto_a_andreia_miranda_de_m._nascimento.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A SENHORA ANDRÉIA MIRANDA DE MORAES NASCIMENTO.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/953/decreto_legislativo_569_-_destaque_da_melhor_idade_ao_francisco_p._santos.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/953/decreto_legislativo_569_-_destaque_da_melhor_idade_ao_francisco_p._santos.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SENHOR FRANCISCO PEREIRA DOS SANTOS</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/952/decreto_legislativo_568_-_talento_jovem_ao_caua_almeida_f._alves.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/952/decreto_legislativo_568_-_talento_jovem_ao_caua_almeida_f._alves.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" AO CAUÃ ALMEIDA FERNANDES ALVES.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/951/decreto_legislativo_567_-_cidadao_porto-felicense_ao_camilo_lellis.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/951/decreto_legislativo_567_-_cidadao_porto-felicense_ao_camilo_lellis.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR CAMILO LELLIS</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/950/decreto_legislativo_566_-_cidadao_honorario_ao_clayton_carlos_s._correa.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/950/decreto_legislativo_566_-_cidadao_honorario_ao_clayton_carlos_s._correa.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CLAYTON CARLOS SOUZA CORREA</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/949/decreto_legislativo_565_-_destaque_da_melhor_idade_ao_robson_de_jesus_sana.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/949/decreto_legislativo_565_-_destaque_da_melhor_idade_ao_robson_de_jesus_sana.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA DESTAQUE DA MELHOR IDADE AO SENHOR ROBISOM DE JESUS SANA</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/59/decreto_legislativo_564_-_premio_cultural_antonio_yamamoto_ao_gilson_geraldo.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/59/decreto_legislativo_564_-_premio_cultural_antonio_yamamoto_ao_gilson_geraldo.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” AO SENHOR GILSON GERALDO.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/58/decreto_legislativo_563_-_destaque_da_melhor_idade_ao_donizete_aparecido_rodrigues.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/58/decreto_legislativo_563_-_destaque_da_melhor_idade_ao_donizete_aparecido_rodrigues.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" AO SENHOR DONIZETE APARECIDO RODRIGUES</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/57/decreto_legislativo_562_-_premio_cultural_antonio_yamamoto_ao_paulo_henrique_c._de_oiveira.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/57/decreto_legislativo_562_-_premio_cultural_antonio_yamamoto_ao_paulo_henrique_c._de_oiveira.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" AO SENHOR PAULO HENRIQUE COELHO DE OLIVEIRA</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/56/decreto_legislativo_561_-_cidadao_porto-felicense_ao_severino_bento_domingos.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/56/decreto_legislativo_561_-_cidadao_porto-felicense_ao_severino_bento_domingos.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SEVERINO BENTO DOMINGOS</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/55/decreto_legislativo_560_-_talento_jovem_ao_gustavo_henrique_da_rocha.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/55/decreto_legislativo_560_-_talento_jovem_ao_gustavo_henrique_da_rocha.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” À GUSTAVO HENRIQUE DA ROCHA.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/54/decreto_legislativo_559_-_premio_cultural_antonio_yamamoto_ao_nilson_teruel.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/54/decreto_legislativo_559_-_premio_cultural_antonio_yamamoto_ao_nilson_teruel.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” À NILSON TERUEL.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/53/decreto_legislativo_558_-_destaque_da_melhor_idade_ao_roberto_prestes_de_souza.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/53/decreto_legislativo_558_-_destaque_da_melhor_idade_ao_roberto_prestes_de_souza.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SR. ROBERTO PRESTES DE SOUZA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/52/decreto_legislativo_557_-_destaque_da_melhor_idade_a_celina_aparecida_b._sampaio.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/52/decreto_legislativo_557_-_destaque_da_melhor_idade_a_celina_aparecida_b._sampaio.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” À SENHORA CELINA APARECIDA BARNABÉ SAMPAIO</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/51/decreto_legislativo_556_-_cidadao_porto-felicense_ao_gabriel_das_neves_b._costa.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/51/decreto_legislativo_556_-_cidadao_porto-felicense_ao_gabriel_das_neves_b._costa.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO GABRIEL NEVES BATTAGLIA COSTA.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/50/decreto_legislativo_555_-_cidadao_honorario_ao_carlos_eduardo_segatto_l._de_santana.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/50/decreto_legislativo_555_-_cidadao_honorario_ao_carlos_eduardo_segatto_l._de_santana.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CARLOS EDUARDO SEGATTO LOPES DE SANTANA</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/49/decreto_legislativo_554_-_talento_jovem_ao_joao_paulo_a._anjos.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/49/decreto_legislativo_554_-_talento_jovem_ao_joao_paulo_a._anjos.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" A JOÃO PAULO AGUIAR ANJOS</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/48/decreto_legislativo_553_-_cidadao_porto-felicense_ao_luciano_batista_barros.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/48/decreto_legislativo_553_-_cidadao_porto-felicense_ao_luciano_batista_barros.doc</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO PORTOFELICENSE AO SENHOR LUCIANO BATISTA BARROS</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/47/decreto_legislativo_552_-_cidadao_honorario_ao_julio_antonio_mietto.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/47/decreto_legislativo_552_-_cidadao_honorario_ao_julio_antonio_mietto.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JULIO ANTÔNIO MIETTO</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/46/decreto_legislativo_551_-_cidadao_porto-felicense_ao_emerson_munhoz.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/46/decreto_legislativo_551_-_cidadao_porto-felicense_ao_emerson_munhoz.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR EMERSON MUNHÓZ.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/45/decreto_legislativo_550_-_destaque_da_melhor_idade_ao_benedito_pascoal_waltre.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/45/decreto_legislativo_550_-_destaque_da_melhor_idade_ao_benedito_pascoal_waltre.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SENHOR BENEDITO PASCOAL WALTRE.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/44/decreto_legislativo_549_-_talento_jovem_ao_lucas_otavio_c._manoel.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/44/decreto_legislativo_549_-_talento_jovem_ao_lucas_otavio_c._manoel.doc</t>
   </si>
   <si>
     <t>Substitutivo nº 01 Ao Projeto de Decreto Legislativo nº 09 de 2024 que Outorga Honraria “Talento Jovem” ao Lucas Otávio Cruz Manoel.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/10/decreto_legislativo_548_-_destaque_melhor_idade_mercia_marques_de_souza.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/10/decreto_legislativo_548_-_destaque_melhor_idade_mercia_marques_de_souza.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” A SENHORA MÉRCIA MARQUES DE SOUZA.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9/decreto_legislativo_547_-_premio_cultural_antonio_yamamoto_ao_rogerio_taveira_da_silva.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9/decreto_legislativo_547_-_premio_cultural_antonio_yamamoto_ao_rogerio_taveira_da_silva.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” AO SENHOR ROGÉRIO TAVEIRA DA SILVA.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8/decreto_legislativo_546_-_talento_jovem_ao_lucas_mas_maciel.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8/decreto_legislativo_546_-_talento_jovem_ao_lucas_mas_maciel.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" AO LUCAS MÁS MACIEL.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/7/decreto_legislativo_545_-_talento_jovem_a_alice_vaz_rando.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/7/decreto_legislativo_545_-_talento_jovem_a_alice_vaz_rando.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” A ALICE VAZ RANDO</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6/decreto_legislativo_544_-_cidada_honoraria_a_marli_francisca_carezia_gibim.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6/decreto_legislativo_544_-_cidada_honoraria_a_marli_francisca_carezia_gibim.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A SENHORA MARLI FRANCISCA CAREZIA GIBIM</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/5/decreto_legislativo_543_-_premio_cultural_antonio_yamamoto_ao_kauan_mateus_portela.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/5/decreto_legislativo_543_-_premio_cultural_antonio_yamamoto_ao_kauan_mateus_portela.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” AO KAUAN MATEUS PORTELA.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/4/decreto_legislativo_542_-_destaque_melhor_idade_fatima_r._bertoluci_lemes.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/4/decreto_legislativo_542_-_destaque_melhor_idade_fatima_r._bertoluci_lemes.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” A SENHORA FÁTIMA REGINA BERTOLUCCI LEMES.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/43/decreto_legislativo_541_-_regulamenta_lei_licitacao_14133.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/43/decreto_legislativo_541_-_regulamenta_lei_licitacao_14133.doc</t>
   </si>
   <si>
     <t>REGULAMENTA O PROCESSO ADMINISTRATIVO DE CONTRATAÇÃO PÚBLICA NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PORTO FELIZ/SP, NOS TERMOS DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2.021, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/42/decreto_legislativo_540_-_contas_2021.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/42/decreto_legislativo_540_-_contas_2021.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/41/decreto_legislativo_539_-_autoriza_prefeito_ausenta-se_de_30-11_a_15-12.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/41/decreto_legislativo_539_-_autoriza_prefeito_ausenta-se_de_30-11_a_15-12.doc</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/40/decreto_legislativo_538_-_destaque_melhor_idade_ester_e._da_costa_silva.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/40/decreto_legislativo_538_-_destaque_melhor_idade_ester_e._da_costa_silva.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” À SENHORA ESTER ELPIRIO DA COSTA SILVA</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/39/decreto_legislativo_537_-_premio_cultural_antonio_yamamoto_a_ana_rita_d._dos_santos.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/39/decreto_legislativo_537_-_premio_cultural_antonio_yamamoto_a_ana_rita_d._dos_santos.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO", À SENHORA ANA RITA DOMINGOS DOS SANTOS</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/38/decreto_legislativo_536_-_destaque_melhor_idade_jose_alberto_ambrosini.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/38/decreto_legislativo_536_-_destaque_melhor_idade_jose_alberto_ambrosini.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA"DESTAQUE DA MELHOR IDADE" AO SENHOR  JOSÉ ALBERTO AMBROSINI</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/37/decreto_legislativo_535_-_talento_jovem_a_enzo_g.r._da_silva.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/37/decreto_legislativo_535_-_talento_jovem_a_enzo_g.r._da_silva.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA" TALENTO JOVEM" A ENZO GABRIEL RIBAS DA SILVA</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/36/decreto_legislativo_534_-_destaque_melhor_idade_reinaldo_crocco_junior.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/36/decreto_legislativo_534_-_destaque_melhor_idade_reinaldo_crocco_junior.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SR. REINALDO CROCCO JUNIOR</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/35/decreto_legislativo_533_-_premio_cultural_antonio_yamamoto_a_comunidade_samba_de_rua.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/35/decreto_legislativo_533_-_premio_cultural_antonio_yamamoto_a_comunidade_samba_de_rua.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” AO  GRUPO COMUNIDADE SAMBA DE RUA  PORTO FELIZ</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/34/decreto_legislativo_532_-_talento_jovem_a_maria_vitoria_l._l._tararam.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/34/decreto_legislativo_532_-_talento_jovem_a_maria_vitoria_l._l._tararam.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” À MARIA VITÓRIA DE LIMA LOPES TARARAM.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/33/decreto_legislativo_531_-_premio_cultural_antonio_yamamoto_rosana_oliveira_diniz.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/33/decreto_legislativo_531_-_premio_cultural_antonio_yamamoto_rosana_oliveira_diniz.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A SENHORA ROSANA OLIVEIRA DINIZ</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/32/decreto_legislativo_530_-_premio_cultural_antonio_yamamoto_a_sonia_j._da_silva_oliveira.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/32/decreto_legislativo_530_-_premio_cultural_antonio_yamamoto_a_sonia_j._da_silva_oliveira.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” A SONIA JAQUELINE DA SILVA OLIVEIRA</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/31/decreto_legislativo_529_-_premio_cultural_antonio_yamamoto_a_gisele_c._a._deliberali.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/31/decreto_legislativo_529_-_premio_cultural_antonio_yamamoto_a_gisele_c._a._deliberali.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” À GISELE CRISTINA ANTUNES DELIBERALI</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/30/decreto_legislativo_528_-_destaque_melhor_idade_a_valter_de_lara.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/30/decreto_legislativo_528_-_destaque_melhor_idade_a_valter_de_lara.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SR. VALTER DE LARA</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/29/decreto_legislativo_527_-_talento_jovem_paola_alexia_p._gomes.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/29/decreto_legislativo_527_-_talento_jovem_paola_alexia_p._gomes.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” A PAOLA ALEXIA PEREIRA GOMES</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/28/decreto_legislativo_526_-_talento_jovem_felipe_campos_leao.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/28/decreto_legislativo_526_-_talento_jovem_felipe_campos_leao.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” A FELIPE CAMPOS LEÃO</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/27/decreto_legislativo_525_-_premio_cultural_antonio_yamamoto_a_alessandra_avancini_moreau.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/27/decreto_legislativo_525_-_premio_cultural_antonio_yamamoto_a_alessandra_avancini_moreau.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “PRÊMIO CULTURAL ANTÔNIO YAMAMOTO” À ALESSANDRA AVANCINI MOREAU</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/26/decreto_legislativo_524_-_talento_jovem_gabriele_coli.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/26/decreto_legislativo_524_-_talento_jovem_gabriele_coli.doc</t>
   </si>
   <si>
     <t>OUTORGA A HONRARIA “TALENTO JOVEM” À  GABRIELE COLI</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/25/decreto_legislativo_523_-_destaque_melhor_idade_augusto_bueno.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/25/decreto_legislativo_523_-_destaque_melhor_idade_augusto_bueno.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SR. AUGUSTO BUENO</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/24/decreto_legislativo_522_-_talento_jovem_matheus_f._rosa_souza.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/24/decreto_legislativo_522_-_talento_jovem_matheus_f._rosa_souza.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “TALENTO JOVEM” A MATHEUS FELLIPE ROSA SOUZA</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/23/decreto_legislativo_521_-_destaque_melhor_idade_mafalda_savassa_rinck.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/23/decreto_legislativo_521_-_destaque_melhor_idade_mafalda_savassa_rinck.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” À SENHORA MAFALDA SAVASSA RINCK.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/22/decreto_legislativo_520_-_talento_jovem_a_valentino_stefaniak_srna.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/22/decreto_legislativo_520_-_talento_jovem_a_valentino_stefaniak_srna.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" A VALENTINO STEFANIAK SRNA</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/21/decreto_legislativo_519_-_premio_cultural_antonio_yamamoto_a_tatiane_c._dos_santos.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/21/decreto_legislativo_519_-_premio_cultural_antonio_yamamoto_a_tatiane_c._dos_santos.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" À SENHORA TATIANE CHRISTINI DOS SANTOS</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/20/decreto_legislativo_518_-_premio_cultural_antonio_yamamoto_a_eric_zorob.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/20/decreto_legislativo_518_-_premio_cultural_antonio_yamamoto_a_eric_zorob.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" AO SENHOR ERIC ZOROB</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/19/decreto_legislativo_517_-_destaque_melhor_idade_sergio_eduardo_mazzaratt.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/19/decreto_legislativo_517_-_destaque_melhor_idade_sergio_eduardo_mazzaratt.doc</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" AO SENHOR SÉRGIO EDUARDO MAZZARATT</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/2/decreto_legislativo_516_-_roberval_pedroso_da_silva.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/2/decreto_legislativo_516_-_roberval_pedroso_da_silva.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ROBERVAL PEDROSO DA SILVA</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/18/decreto_legislativo_515_-_oscar_bazzo_junior.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/18/decreto_legislativo_515_-_oscar_bazzo_junior.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR OSCAR BAZZO JUNIOR</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/1/decreto_legislativo_514_-_renata_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/1/decreto_legislativo_514_-_renata_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadã Honorária a Senhora Renata Rodrigues dos Santos</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/3/decreto_legislativo_513_-_lucas_rafael_vieira.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/3/decreto_legislativo_513_-_lucas_rafael_vieira.doc</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Honorário ao Senhor Lucas Rafael Vieira.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/17/decreto_legislativo_512_-_marcelo_ap_lopes_rodrigues.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/17/decreto_legislativo_512_-_marcelo_ap_lopes_rodrigues.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MARCELO APARECIDO LOPES RODRIGUES</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/16/decreto_legislativo_511_-_rogerio_coelho_lacerda.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/16/decreto_legislativo_511_-_rogerio_coelho_lacerda.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ROGERIO COELHO LACERDA</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/15/decreto_legislativo_510_-_marcio_yamamoto.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/15/decreto_legislativo_510_-_marcio_yamamoto.doc</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO PORTO-FELICENSE AO SENHOR MARCIO YAMAMOTO.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/14/decreto_legislativo_509_-_nivaldo_benedito_de_camargo.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/14/decreto_legislativo_509_-_nivaldo_benedito_de_camargo.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR NIVALDO BENEDITO DE CAMARGO</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/13/decreto_legislativo_508_-_indiara_puton_dias_de_souza.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/13/decreto_legislativo_508_-_indiara_puton_dias_de_souza.doc</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE À SENHORA INDIARA PUTON DIAS DE SOUSA</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/12/decreto_legislativo_507_-_edmilson_correa.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/12/decreto_legislativo_507_-_edmilson_correa.doc</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Honorário ao Senhor Edmilson Correa</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/11/decreto_legislativo_506_-_contas_2020.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/11/decreto_legislativo_506_-_contas_2020.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2020</t>
   </si>
   <si>
     <t>9276</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9276/dl-2022-505.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9276/dl-2022-505.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO MUNICÍPIO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9275</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9275/dl-2022-504.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9275/dl-2022-504.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A JOELSON DOS SANTOS</t>
   </si>
   <si>
     <t>9274</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9274/dl-2022-503.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9274/dl-2022-503.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A JOSÉ NILSON PEREIRA DE ARAÚJO</t>
   </si>
   <si>
     <t>9273</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9273/dl-2022-502.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9273/dl-2022-502.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" AO ILUSTRE CLAUDEMIR CAUSIN.</t>
   </si>
   <si>
     <t>9272</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9272/dl-2022-501.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9272/dl-2022-501.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A PABLO CIVITELLA</t>
   </si>
   <si>
     <t>9271</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9271/dl-2022-500.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9271/dl-2022-500.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A ROSANA FATIMA MORAES</t>
   </si>
   <si>
     <t>9270</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9270/dl-2022-499.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9270/dl-2022-499.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A MICHELE JANAINA GONÇALVES FRANCO</t>
   </si>
   <si>
     <t>9269</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9269/dl-2022-498.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9269/dl-2022-498.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A JULIANO ROMEU DALSOGLIO</t>
   </si>
   <si>
     <t>9268</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9268/dl-2022-497.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9268/dl-2022-497.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" A VAGNER CHAVES DA SILVA</t>
   </si>
   <si>
     <t>9267</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9267/dl-2022-496.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9267/dl-2022-496.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" AO SENHOR MARCELO HENRIQUE BALDINI.</t>
   </si>
   <si>
     <t>9266</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9266/dl-2022-495.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9266/dl-2022-495.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR KLEBER LOPES ROCHA</t>
   </si>
   <si>
     <t>9265</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9265/dl-2022-494.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9265/dl-2022-494.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO À SENHORA VALDIRENE CARDOSO DE OLIVEIRA PRADO</t>
   </si>
   <si>
     <t>9264</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9264/dl-2022-493.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9264/dl-2022-493.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO-PORTOFELICENSE AO SENHOR FELIPE DE MELO GARCIA</t>
   </si>
   <si>
     <t>9263</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9263/dl-2022-492.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9263/dl-2022-492.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO A SENHORA NILCELIA ROSA DE OLIVEIRA LUCIANO RANDO</t>
   </si>
   <si>
     <t>9262</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9262/dl-2022-491.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9262/dl-2022-491.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EVAIR PORTES DE ALMEIDA</t>
   </si>
   <si>
     <t>9261</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9261/dl-2022-490.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9261/dl-2022-490.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CELSO FERNANDO IVERSEN</t>
   </si>
   <si>
     <t>9260</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9260/dl-2022-489.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9260/dl-2022-489.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE A SENHORA ANA PAULA MELO DOS SANTOS</t>
   </si>
   <si>
     <t>9259</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9259/dl-2022-488.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9259/dl-2022-488.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE À RAQUEL MACHADO</t>
   </si>
   <si>
     <t>9258</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9258/dl-2022-487.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9258/dl-2022-487.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO PROFESSOR LUCIANO GUEDES DA SILVA</t>
   </si>
   <si>
     <t>9257</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9257/dl-2022-486.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9257/dl-2022-486.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO MINISTRO TARCÍSIO GOMES DE FREITAS</t>
   </si>
   <si>
     <t>9256</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9256/dl-2022-485.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9256/dl-2022-485.pdf</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1401/decreto_legislativo_484_-_jorge_amarantes_queiroz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1401/decreto_legislativo_484_-_jorge_amarantes_queiroz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO PORTOFELICENSE AO ILUSTRÍSSIMO DR. JORGE AMARANTES QUEIROZ</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1400/decreto_legislativo_483_-_jane_mary_camargo_dos_anjos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1400/decreto_legislativo_483_-_jane_mary_camargo_dos_anjos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE À SENHORA JANE MARY CAMARGO DOS ANJOS</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1399/decreto_legislativo_482_-_lucas_aparecido_rodrigues.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1399/decreto_legislativo_482_-_lucas_aparecido_rodrigues.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N° 1 AO PROJETO DE DECRETO LEGISLATIVO Nº 06/2021- OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUCAS APARECIDO RODRIGUES</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1398/decreto_legislativo_481_-_joao_roberto_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1398/decreto_legislativo_481_-_joao_roberto_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOÃO ROBERTO DA SILVA</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1397/decreto_legislativo_480_-_nelma_dubois_casagrande_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1397/decreto_legislativo_480_-_nelma_dubois_casagrande_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A NELMA DUBOIS CASAGRANDE SILVA</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1396/decreto_legislativo_479_-_francisco_de_oliveira_naves_aguiar.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1396/decreto_legislativo_479_-_francisco_de_oliveira_naves_aguiar.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR FRANCISCO DE OLIVEIRA NAVES  AGUIAR</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1395/decreto_legislativo_478_-_contas_2019.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1395/decreto_legislativo_478_-_contas_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1394/decreto_legislativo_477_-_abiezer_goncalves_lemes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1394/decreto_legislativo_477_-_abiezer_goncalves_lemes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ABIEZER GONÇALVES LEMES</t>
   </si>
   <si>
     <t>9349</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9349/dl-2020-471.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9349/dl-2020-471.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR NILSON OLIVEIRA BARRETO</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1388/decreto_legislativo_470_-_vinicius_thomazetto.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1388/decreto_legislativo_470_-_vinicius_thomazetto.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR VINICIUS THOMAZETTO</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1387/decreto_legislativo_469_-_joao_batista_marques.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1387/decreto_legislativo_469_-_joao_batista_marques.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR JOÃO BATISTA MARQUES</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1386/decreto_legislativo_468_-_abdo_almacie_tauhil.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1386/decreto_legislativo_468_-_abdo_almacie_tauhil.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO " IN MEMORIAN" AO SENHOR ABDO ALMACIE TAUHYL</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1385/decreto_legislativo_467_-_maria_regina_taborda.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1385/decreto_legislativo_467_-_maria_regina_taborda.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA À SRA MARIA REGINA TABORDA</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1393/decreto_legislativo_476_-_vanusa_mendes_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1393/decreto_legislativo_476_-_vanusa_mendes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA VANUSA MENDES DE OLIVEIRA</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1392/decreto_legislativo_475_-_denes_henrique_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1392/decreto_legislativo_475_-_denes_henrique_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR DENES HENRIQUE DA SILVA</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1391/decreto_legislativo_474_-_premio_cultural_antonio_yamamoto_ao_grupo_choro_das_tres.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1391/decreto_legislativo_474_-_premio_cultural_antonio_yamamoto_ao_grupo_choro_das_tres.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "PRÊMIO CULTURAL ANTÔNIO YAMAMOTO" AO GRUPO MUSICAL CHORO DAS TRÊS MÚSICA INSTRUMENTAL BRASILEIRA</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1390/decreto_legislativo_473_-_helerson_rena_cassao.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1390/decreto_legislativo_473_-_helerson_rena_cassao.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR HELERSON RENA CASSÃO</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1389/decreto_legislativo_472_-_sergio_mangini_junior.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1389/decreto_legislativo_472_-_sergio_mangini_junior.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR SÉRGIO MANGINI JUNIOR</t>
   </si>
   <si>
     <t>9348</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9348/dl-2020-466.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9348/dl-2020-466.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO COM RESSALVAS DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1384/decreto_465_-_contas_2016.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1384/decreto_465_-_contas_2016.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>9347</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9347/dl-2020-464.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9347/dl-2020-464.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO "IN MEMORIAN" AO SENHOR VICENTE DE ALMEIDA.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1383/decreto_legislativo_463_-_talento_jovem_bryan_henrique_b._monteiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1383/decreto_legislativo_463_-_talento_jovem_bryan_henrique_b._monteiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" À BRYAN HENRIQUE BISSO MONTEIRO</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1382/decreto_legislativo_462_-_talento_jovem_juan_pabllo_souza_amorim.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1382/decreto_legislativo_462_-_talento_jovem_juan_pabllo_souza_amorim.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" À JUAN PABLO SOUZA AMORIM</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1381/decreto_legislativo_461_-_destaque_melhor_idade_orlando_zilli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1381/decreto_legislativo_461_-_destaque_melhor_idade_orlando_zilli.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA “DESTAQUE DA MELHOR IDADE” AO SR. ORLANDO ZILLI</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1380/decreto_legislativo_460_-_destaque_melhor_idade_antonio_alves_da_costa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1380/decreto_legislativo_460_-_destaque_melhor_idade_antonio_alves_da_costa.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" AO SENHOR ANTONIO ALVES DA COSTA</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1379/decreto_legislativo_459_-_destaque_melhor_idade_decio_fernandes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1379/decreto_legislativo_459_-_destaque_melhor_idade_decio_fernandes.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "DESTAQUE DA MELHOR IDADE" AO SR. DECIO FERNANDES DE CAMARGO.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1378/decreto_legislativo_458_-_melhor_idade_cantidio_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1378/decreto_legislativo_458_-_melhor_idade_cantidio_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA " DESTAQUE DA MELHOR IDADE" AO SENHOR CANTÍDIO DA SILVA.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1377/decreto_legislativo_457_-_talento_jovem_carlos_h._e._da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1377/decreto_legislativo_457_-_talento_jovem_carlos_h._e._da_silva.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO N° 1 AO  PRJETO  DE DECRETO LEGISLATIVO N° 25/2019 - OUTORGA HONRARIA "TALENTO JOVEM"  A  CARLOS HENRIQUE ERNESTO DA SILVA</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1376/decreto_legislativo_456_-_talento_jovem_bruno_a._n_._yoshihara.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1376/decreto_legislativo_456_-_talento_jovem_bruno_a._n_._yoshihara.pdf</t>
   </si>
   <si>
     <t>OUTORGA HONRARIA "TALENTO JOVEM" À BRUNO ALVES NUNES YOSHIHARA</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1375/decreto_legislativo_455_-_talento_jovem_maria_angelica_ortiz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1375/decreto_legislativo_455_-_talento_jovem_maria_angelica_ortiz.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO Nº 1 AO PROJETO DE DECRETO LEGISLATIVO N 22/2019 - OUTORGA HONRARIA "TALENTO JOVEM" À MARIA ANGÉLICA BAZO ORTIZ</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1374/decreto_legislativo_454_-_nelson_lourenco_junior.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1374/decreto_legislativo_454_-_nelson_lourenco_junior.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO PASTOR NELSON LOURENÇO JÚNIOR</t>
   </si>
   <si>
     <t>9346</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/9346/dl-2019-453.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/9346/dl-2019-453.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A PASTORA DULCE TOMÉ MILANI</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1373/decreto_legislativo_452_-_contas_2017.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1373/decreto_legislativo_452_-_contas_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1372/decreto_legislativo_451_-_marlene_cosme_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1372/decreto_legislativo_451_-_marlene_cosme_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARLENE COSME DA SILVA</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1371/decreto_legislativo_450_-_ana_carla_bastos_nascimento.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1371/decreto_legislativo_450_-_ana_carla_bastos_nascimento.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE À SENHORA ANA CARLA BASTOS NASCIMENTO.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1370/decreto_legislativo_449_-_abel_marcelo_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1370/decreto_legislativo_449_-_abel_marcelo_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ABEL MARCELO DE OLIVEIRA</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1369/decreto_legislativo_448_-_nadia_maria_marchi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1369/decreto_legislativo_448_-_nadia_maria_marchi.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadã Honorária à Senhora Nadia Maria Marchi.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1368/decreto_legislativo_447_-_celio_peixoto_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1368/decreto_legislativo_447_-_celio_peixoto_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO HONORARIO AO SENHOR CELIO PEIXOTO DOS SANTOS</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1367/decreto_legislativo_446_-_marcio_caneli_machado.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1367/decreto_legislativo_446_-_marcio_caneli_machado.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MÁRCIO CANELI MACHADO</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1366/decreto_legislativo_445_-_anelito_batista_de_paula.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1366/decreto_legislativo_445_-_anelito_batista_de_paula.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANELITO BATISTA DE PAULA</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1365/decreto_legislativo_444_-_ricardo_izar_jr.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1365/decreto_legislativo_444_-_ricardo_izar_jr.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR RICARDO IZAR JR</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1364/decreto_legislativo_443_-_claudemir_braz_de_campos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1364/decreto_legislativo_443_-_claudemir_braz_de_campos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR CLAUDEMIR BRAZ DE CAMPOS</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1363/decreto_legislativo_442_-_joelson_dos_santos_gomes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1363/decreto_legislativo_442_-_joelson_dos_santos_gomes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR JOELSON DOS SANTOS GOMES</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1362/decreto_legislativo_441_-_vera_lucia_castilho_garcia_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1362/decreto_legislativo_441_-_vera_lucia_castilho_garcia_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE A SENHORA VERA LÚCIA CASTILHO GARCIA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1361/decreto_legislativo_440_-_leandro_abilio_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1361/decreto_legislativo_440_-_leandro_abilio_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LEANDRO ABILIO DE ALMEIDA</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1360/decreto_legislativo_439_-_jovelina_de_meira_araujo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1360/decreto_legislativo_439_-_jovelina_de_meira_araujo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ  PORTOFELICENSE A SENHORA JOVELINA DE MEIRA ARAÚJO</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1359/decreto_legislativo_438_-_jacinto_tomaz_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1359/decreto_legislativo_438_-_jacinto_tomaz_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JACINTO TOMAZ DA SILVA</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1358/decreto_legislativo_437_-_geraldo_f._barbosa_filho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1358/decreto_legislativo_437_-_geraldo_f._barbosa_filho.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR GERALDO FERREIRA BARBOSA FILHO.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1357/decreto_legislativo_436_-_elvira_aparecida_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1357/decreto_legislativo_436_-_elvira_aparecida_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE À SRA. ELVIRA APARECIDA DOS SANTOS</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1356/decreto_legislativo_435_-_cap_pm_guilherme_muraro_derrite.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1356/decreto_legislativo_435_-_cap_pm_guilherme_muraro_derrite.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO CAPITÃO PM GUILHERME MURARO DERRITE</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1355/decreto_legislativo_434_-_sidnei_de_souza.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1355/decreto_legislativo_434_-_sidnei_de_souza.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR SIDNEI DE SOUZA</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1354/decreto_legislativo_433_-_enoques_bispo_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1354/decreto_legislativo_433_-_enoques_bispo_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ENOQUES BISPO SILVA</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1353/decreto_legislativo_432_-_abner_pereira_de_camargo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1353/decreto_legislativo_432_-_abner_pereira_de_camargo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ABNER PEREIRA DE CAMARGO</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1352/decreto_legislativo_431_-_igor_alberto_rinck_de_camargo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1352/decreto_legislativo_431_-_igor_alberto_rinck_de_camargo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR IGOR ALBERTO RINCK DE CAMARGO</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1351/decreto_legislativo_430_-_ednilson_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1351/decreto_legislativo_430_-_ednilson_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR EDENILSON RODRIGUES DOS SANTOS</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1350/decreto_legislativo_429_-_manoel_david_korn_de_carvalho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1350/decreto_legislativo_429_-_manoel_david_korn_de_carvalho.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MANOEL DAVID KORN DE CARVALHO</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1349/decreto_legislativo_428_-_fernanda_carvalho_antunes_fairbanks.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1349/decreto_legislativo_428_-_fernanda_carvalho_antunes_fairbanks.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA FERNANDA CARVALHO ANTUNES FAIRBANKS</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1348/decreto_legislativo_427_-_jorge_wilson.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1348/decreto_legislativo_427_-_jorge_wilson.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JORGE WILSON, XERIFE DO CONSUMIDOR</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1347/decreto_legislativo_426_-_luiz_antonio_b._dos_santos_-_luizito.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1347/decreto_legislativo_426_-_luiz_antonio_b._dos_santos_-_luizito.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO LUIZ ANTONIO BATISTA DOS SANTOS</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1346/decreto_legislativo_425_-_herculano_passos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1346/decreto_legislativo_425_-_herculano_passos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR HERCULANO CASTILHO PASSOS JÚNIOR</t>
   </si>
   <si>
     <t>9345</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/9345/dl-2017-424.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/9345/dl-2017-424.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR FRANCISCO RICARDO PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1345/decreto_legislativo_423_-_campos_machado.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1345/decreto_legislativo_423_-_campos_machado.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANTÔNIO CARLOS DE CAMPOS MACHADO</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1344/decreto_legislativo_422_-_manoela_ap_marinho_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1344/decreto_legislativo_422_-_manoela_ap_marinho_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MANOELA APARECIDA MARINHO DE ALMEIDA</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1343/decreto_legislativo_421_-_contas_2015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1343/decreto_legislativo_421_-_contas_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1342/decreto_legislativo_420_-_irapuan_silva_de_moura.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1342/decreto_legislativo_420_-_irapuan_silva_de_moura.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR IRAPUAN SILVA DE MOURA</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1341/decreto_legislativo_419_-_contas_2014.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1341/decreto_legislativo_419_-_contas_2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2014</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1340/decreto_legislativo_418_-_goncalo_benedito_do_nascimento.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1340/decreto_legislativo_418_-_goncalo_benedito_do_nascimento.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR GONÇALO BENEDITO DO NASCIMENTO</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1339/decreto_legislativo_417_-_deputado_estadual_chico_sardelli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1339/decreto_legislativo_417_-_deputado_estadual_chico_sardelli.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO DEPUTADO CHICO SARDELLI</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1338/decreto_legislativo_416_-_giseli_antunes_deliberali.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1338/decreto_legislativo_416_-_giseli_antunes_deliberali.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA GISELE ANTUNES DELIBERALI</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1337/decreto_legislativo_415_-_marlene_de_fatima_polonio_sardinha.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1337/decreto_legislativo_415_-_marlene_de_fatima_polonio_sardinha.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE À SENHORA MARLENE DE FATIMA POLONIO SARDINHA</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1336/decreto_legislativo_414_-_joao_brasilio_da_silva_filho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1336/decreto_legislativo_414_-_joao_brasilio_da_silva_filho.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO BRASÍLIO DA SILVA FILHO</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1335/decreto_legislativo_413_-_biraja_alves_de_moraes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1335/decreto_legislativo_413_-_biraja_alves_de_moraes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR. BIRAJÁ ALVES DE MORAES</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1334/decreto_legislativo_412_-_sergio_carlos_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1334/decreto_legislativo_412_-_sergio_carlos_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. SÉRGIO CARLOS DOS SANTOS</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1333/decreto_legislativo_411_-_lia_mara_de_lara_favero_ferreira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1333/decreto_legislativo_411_-_lia_mara_de_lara_favero_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE LIA MARA DE LARA FÁVERO FERREIRA</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1332/decreto_legislativo_410_-_marciele_aparecida_bednarchuk.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1332/decreto_legislativo_410_-_marciele_aparecida_bednarchuk.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE A SENHORA MARCIELE APARECIDA BEDNARCHUK</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1331/decreto_legislativo_409_-_marcelo_andre_leme_de_campos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1331/decreto_legislativo_409_-_marcelo_andre_leme_de_campos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE MARCELO ANDRÉ LEME DE CAMPOS</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1330/decreto_legislativo_408_-_valderli_prestes_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1330/decreto_legislativo_408_-_valderli_prestes_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR VALDERLI PRESTES DOS SANTOS</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1329/decreto_legislativo_407_claudia_maria_sampaio_machado.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1329/decreto_legislativo_407_claudia_maria_sampaio_machado.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE A SENHORA CLÁUDIA MARIA SAMPAIO MACHADO</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1328/decreto_legislativo_406_-_jose_maria_benicio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1328/decreto_legislativo_406_-_jose_maria_benicio.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOSÉ MARIA BENICIO</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1327/decreto_legislativo_405_-_denis_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1327/decreto_legislativo_405_-_denis_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE DÊNIS DE OLIVEIRA</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1326/decreto_legislativo_404_-_antonio_inaico_ribeiro_filho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1326/decreto_legislativo_404_-_antonio_inaico_ribeiro_filho.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR ANTÔNIO INÁCIO RIBEIRO FILHO</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1325/decreto_legislativo_403_-_clodoaldo_tiago_montico.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1325/decreto_legislativo_403_-_clodoaldo_tiago_montico.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR CLODOALDO TIAGO MONTICO</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1324/decreto_legislativo_402_-_fernando_cesar_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1324/decreto_legislativo_402_-_fernando_cesar_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR FERNANDO CESAR DE OLIVEIRA</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1323/decreto_legislativo_401_-_rosemeire_bacaro_ribeiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1323/decreto_legislativo_401_-_rosemeire_bacaro_ribeiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA ROSEMEIRE BACARO RIBEIRO.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1322/decreto_legislativo_400_-_maria_campos_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1322/decreto_legislativo_400_-_maria_campos_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARIA CAMPOS DOS SANTOS</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1321/decreto_legislativo_399_-_adriel_soares_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1321/decreto_legislativo_399_-_adriel_soares_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ADRIEL SOARES DA SILVA</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1320/decreto_legislativo_398_-_jair_nabas.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1320/decreto_legislativo_398_-_jair_nabas.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JAIR NABAS</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1319/decreto_legislativo_397_-_contas_2013.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1319/decreto_legislativo_397_-_contas_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2013</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1318/decreto_legislativo_396_-_paulo_jose_da_silva_nogueira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1318/decreto_legislativo_396_-_paulo_jose_da_silva_nogueira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR PAULO JOSÉ DA SILVA NOGUEIRA</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1317/decreto_legislativo_395_-_elaine_d._rodrigues_mororo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1317/decreto_legislativo_395_-_elaine_d._rodrigues_mororo.pdf</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃ PORTOFELICENSE A ELAINE DONIZETE RODRIGUES MORORÓ</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1316/decreto_legislativo_394_-_benedito_de_jesus_cardeli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1316/decreto_legislativo_394_-_benedito_de_jesus_cardeli.pdf</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃO HONORÁRIO AO BENEDITO JESUS CARDELI</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1315/decreto_legislativo_393_-_denise_franguelli_haiashida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1315/decreto_legislativo_393_-_denise_franguelli_haiashida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A SRA DENISE FRANGUELLI HAIASHIDA</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1314/decreto_legislativo_392_-_cassilda_capelini_ercolin.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1314/decreto_legislativo_392_-_cassilda_capelini_ercolin.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA CASSILDA CAPELINI ERCOLIN</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1313/decreto_legislativo_391_-_sergio_diniz_da_costa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1313/decreto_legislativo_391_-_sergio_diniz_da_costa.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR SERGIO DINIZ DA COSTA</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1312/decreto_legislativo_390_jose_marinonio_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1312/decreto_legislativo_390_jose_marinonio_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHO EDMILSON MARINONIO DE ALMEIDA</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1311/decreto_legislativo_389_-_roberto_de_lucena.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1311/decreto_legislativo_389_-_roberto_de_lucena.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. ROBERTO DE LUCENA</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1310/decreto_legislativo_388_vanessa_dos_santos_antoneli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1310/decreto_legislativo_388_vanessa_dos_santos_antoneli.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE A SENHORA VANESSA DOS SANTOS ANTONELI</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1309/decreto_legislativo_387_maria_ap._faustino.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1309/decreto_legislativo_387_maria_ap._faustino.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO A SENHORA MARIA APARECIDA FAUSTINO.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1308/decreto_legislativo_386_luiz_a._g._de_moura.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1308/decreto_legislativo_386_luiz_a._g._de_moura.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR LUIZ ANTONIO GUEDES DE MOURA</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1307/decreto_legislativo_385_geraldo_rojas.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1307/decreto_legislativo_385_geraldo_rojas.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR GERALDO ROJAS</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1306/decreto_legislativo_384_thiago_rodrigo_b._perez_de_sousa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1306/decreto_legislativo_384_thiago_rodrigo_b._perez_de_sousa.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE THIAGO RODRIGO BATISTA PEREZ DE SOUSAz</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1305/decreto_legislativo_383_guilherme_ecker_de_freitas.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1305/decreto_legislativo_383_guilherme_ecker_de_freitas.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A GUILHERME ECKER DE FREITAS</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1304/decreto_legislativo_382_wanderson_de_souza.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1304/decreto_legislativo_382_wanderson_de_souza.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR WANDERSON DE SOUZA</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1303/decreto_legislativo_381_luiz_alexandre_funari.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1303/decreto_legislativo_381_luiz_alexandre_funari.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR LUIZ ALEXANDRE FUNARI.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1302/decreto_legislativo_380_marcio_g._zangeronimo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1302/decreto_legislativo_380_marcio_g._zangeronimo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR. MÁRCIO GILBERTO ZANGERONIMO</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1301/decreto_legislativo_379_ciro_pinto_ferreira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1301/decreto_legislativo_379_ciro_pinto_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. CIRO PINTO FERREIRA</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1300/decreto_legislativo_378_elizandra_martins.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1300/decreto_legislativo_378_elizandra_martins.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA ELIZANDRA MARTINS</t>
   </si>
   <si>
     <t>9344</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9344/dl-2015-376.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9344/dl-2015-376.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE À SENHORA SILVIA LEITE FERES</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1299/decreto_legislativo_377_-_wilson_jose_bazzo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1299/decreto_legislativo_377_-_wilson_jose_bazzo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR WILSON JOSÉ BUZZO</t>
   </si>
   <si>
     <t>9343</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9343/dl-2015-375.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9343/dl-2015-375.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MARCELINO PASQUAL DOS SANTOS (SEU NENE)</t>
   </si>
   <si>
     <t>9342</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9342/dl-2015-374.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9342/dl-2015-374.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REJEIÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2012</t>
   </si>
   <si>
     <t>9341</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9341/dl-2015-373.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9341/dl-2015-373.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANTONIO FAUZI HAIDAR</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1298/decreto_legislativo_372_romeu_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1298/decreto_legislativo_372_romeu_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ROMEU DA SILVA</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1297/decreto_legislativo_371_joao_paulo_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1297/decreto_legislativo_371_joao_paulo_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO PAULO DE ALMEIDA</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1296/decreto_legislativo_370_marcos_ant_de_carvalho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1296/decreto_legislativo_370_marcos_ant_de_carvalho.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO  DE  CIDADÃO  HONORÁRIO  AO    SENHOR   MARCOS  ANTÔNIO  DE CARVALHO</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1295/decreto_legislativo_369_tercia_fabiana_marques.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1295/decreto_legislativo_369_tercia_fabiana_marques.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ POROTOFELICENSE A TERCIA FABIANA MARQUES</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1294/decreto_legislativo_368_fatima_regina_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1294/decreto_legislativo_368_fatima_regina_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A SRA. FÁTIMA REGINA DE OLIVEIRA</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1293/decreto_legislativo_367_antonio_portronieri.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1293/decreto_legislativo_367_antonio_portronieri.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. ANTONIO PORTRONIERI</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1292/decreto_legislativo_366_regiane_de_f_correa_torres.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1292/decreto_legislativo_366_regiane_de_f_correa_torres.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A REGIANE DE FÁTIMA CORRÊA TORRES</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1291/decreto_legislativo_365_alexsandro_calegari.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1291/decreto_legislativo_365_alexsandro_calegari.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A ALEXSANDRO CALEGARI</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1290/decreto_legislativo_364_julio_yamamoto.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1290/decreto_legislativo_364_julio_yamamoto.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR JULIO YAMAMOTO</t>
   </si>
   <si>
     <t>9340</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9340/dl-2014-363.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9340/dl-2014-363.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ROMEU CASTELUCCI NETO</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1289/decreto_legislativo_361_ricardo_de_macedo_ghiraldi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1289/decreto_legislativo_361_ricardo_de_macedo_ghiraldi.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR RICARDO DE MACEDO GHIRALDI</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1288/decreto_legislativo_360_aristides_messias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1288/decreto_legislativo_360_aristides_messias.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ARISTIDES MESSIAS</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1287/decreto_legislativo_359_ronaldo_castilho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1287/decreto_legislativo_359_ronaldo_castilho.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR RONALDO ADRIANO CASTILHO</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1286/decreto_legislativo_358_aparecido_battani.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1286/decreto_legislativo_358_aparecido_battani.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR APARECIDO DE JESUS BATTANI</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1285/decreto_legislativo_357_murilo_cazagrande.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1285/decreto_legislativo_357_murilo_cazagrande.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MURILO LUÍS CAZAGRANDE</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1284/decreto_legislativo_356_higino_jose_de_sampaio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1284/decreto_legislativo_356_higino_jose_de_sampaio.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR HYGINO JOSÉ DE SAMPAIO</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1283/decreto_legislativo_355_ailton_lopes_honorato.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1283/decreto_legislativo_355_ailton_lopes_honorato.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR AILTON LOPES HONORATO</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1282/decreto_legislativo_354_wadi_hiar.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1282/decreto_legislativo_354_wadi_hiar.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR WADÍ HIAR</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1281/decreto_legislativo_353_alexandre_andre_ramos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1281/decreto_legislativo_353_alexandre_andre_ramos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO  AO     SENHOR ALEXANDRE ANDRÉ RAMOS</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1280/decreto_legislativo_352_silvana_carminhola_del_prete.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1280/decreto_legislativo_352_silvana_carminhola_del_prete.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SILVANA CARMINHOLA DEL PRETE</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1279/decreto_legislativo_351_vera_lucia_maria_da_rocha.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1279/decreto_legislativo_351_vera_lucia_maria_da_rocha.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA VERA LÚCIA MARIA DA ROCHA</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1278/decreto_legislativo_350_paulo_moreno.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1278/decreto_legislativo_350_paulo_moreno.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. PAULO MORENO</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1277/decreto_legislativo_349_sonia_jaq._da_silva_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1277/decreto_legislativo_349_sonia_jaq._da_silva_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SRA. SONIA JAQUELINE DA SILVA OLIVEIRA</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1276/decreto_legislativo_348_celio_manteze.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1276/decreto_legislativo_348_celio_manteze.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CÉLIO MANTEZE</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1275/decreto_legislativo_347_pastor_helio_santana_da_rocha.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1275/decreto_legislativo_347_pastor_helio_santana_da_rocha.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO PASTOR HÉLIO SANTANA DA ROCHA</t>
   </si>
   <si>
     <t>9339</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9339/dl-2014-346.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9339/dl-2014-346.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO  AO SENHOR ANDERSON MARCELO GIACOMELI</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1274/decreto_legislativo_345_contas_2011.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1274/decreto_legislativo_345_contas_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2011</t>
   </si>
   <si>
     <t>9338</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9338/dl-2013-344.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9338/dl-2013-344.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO   DE   CIDADÃO   HONORÁRIO   AO     SENHOR MARCELO DALSOGLIO</t>
   </si>
   <si>
     <t>9337</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9337/dl-2013-343.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9337/dl-2013-343.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOSÉ FRANCISCO DE CAMPOS NETO</t>
   </si>
   <si>
     <t>9336</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9336/dl-2013-342.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9336/dl-2013-342.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO DOUTOR DOMINGOS CALEGARI COAN</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1273/decreto_legislativo_341_maria_izabel_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1273/decreto_legislativo_341_maria_izabel_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE À DOUTORA MARIA IZABEL DA SILVA</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1272/decreto_legislativo_340_durval_calegari_coan.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1272/decreto_legislativo_340_durval_calegari_coan.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR DURVAL CALEGARI COAN</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1271/decreto_legislativo_339_marcio_garcia_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1271/decreto_legislativo_339_marcio_garcia_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A MARCIO GARCIA DOS SANTOS</t>
   </si>
   <si>
     <t>9335</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9335/dl-2013-338.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9335/dl-2013-338.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A CARLA SANMARTIN DA SILVA</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1270/decreto_legislativo_337_paulo_henrique_segato.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1270/decreto_legislativo_337_paulo_henrique_segato.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR PAULO HENRIQUE SEGATO</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1269/decreto_legislativo_336_lazara_ma_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1269/decreto_legislativo_336_lazara_ma_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A LAZARA MARIA DE OLIVEIRA</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1268/decreto_legislativo_335_roberto_de_moraes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1268/decreto_legislativo_335_roberto_de_moraes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO DOUTOR ROBERTO DE MORAES</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1267/decreto_legislativo_334_mariza_gomes_s_costa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1267/decreto_legislativo_334_mariza_gomes_s_costa.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARIZA GOMES DOS SANTOS COSTA</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1266/decreto_legislativo_333_maria_lucia_amary.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1266/decreto_legislativo_333_maria_lucia_amary.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A DEPUTADA ESTADUAL MARIA LÚCIA AMARY</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1265/decreto_legislativo_332_paulo_lebeis_bonfim.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1265/decreto_legislativo_332_paulo_lebeis_bonfim.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO POETA E HISTORIADOR SENHOR PAULO LÉBEIS BONFIM</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1264/decreto_legislativo_331_maria_b_polaz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1264/decreto_legislativo_331_maria_b_polaz.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA TEREZINHA MARIA BENEDETTI POLAZ</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1263/decreto_legislativo_330_jamil_virgilio_peregrino.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1263/decreto_legislativo_330_jamil_virgilio_peregrino.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JAMIL VIRGILIO PEREGRINO</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1262/decreto_legislativo_329_orlando_carlos_rossi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1262/decreto_legislativo_329_orlando_carlos_rossi.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR ORLANDO CARLOS ROSSI</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1261/decreto_legislativo_328_luiz_carlos_da_s._muniz_jr.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1261/decreto_legislativo_328_luiz_carlos_da_s._muniz_jr.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR LUIZ CARLOS DA SILVA MUNIZ JÚNIOR</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1260/decreto_legislativo_327_osvaldo_verginio_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1260/decreto_legislativo_327_osvaldo_verginio_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR OSVALDO VERGINIO DA SILVA</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9334/dl-2013-326.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9334/dl-2013-326.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANTÔNIO CARLOS RODOLPHO</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1259/decreto_legislativo_325_fernanda_g._guarnieri_leite.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1259/decreto_legislativo_325_fernanda_g._guarnieri_leite.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA FERNANDA GRAZIELA GUARNIERI LEITE</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1258/decreto_legislativo_324_helvecio_s_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1258/decreto_legislativo_324_helvecio_s_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR HELVÉCIO SIQUEIRA DE OLIVEIRA</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1403/decreto_legislativo_326_antonio_carlos_rodolpho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1403/decreto_legislativo_326_antonio_carlos_rodolpho.pdf</t>
   </si>
   <si>
     <t>título de cidadão honorário</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1257/decreto_legislativo_323_mauricio_sampaio_cazagrande.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1257/decreto_legislativo_323_mauricio_sampaio_cazagrande.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MAURÍCIO SAMPAIO CAZAGRANDE</t>
   </si>
   <si>
     <t>9333</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9333/dl-2013-322.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9333/dl-2013-322.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA CLAUDELISE APARECIDA ZANIN</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1256/decreto_legislativo_320_carlos_carvalho_cavalheiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1256/decreto_legislativo_320_carlos_carvalho_cavalheiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR CARLOS CARVALHO CAVALHEIRO</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1255/decreto_legislativo_319_-_contas_2010.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1255/decreto_legislativo_319_-_contas_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2010</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1254/decreto_legislativo_318_nicodemos_emidio_de_melo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1254/decreto_legislativo_318_nicodemos_emidio_de_melo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR NICODEMOS EMÍDIO DE MELO</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1253/decreto_legislativo_317_paulo_ricardo_bassul.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1253/decreto_legislativo_317_paulo_ricardo_bassul.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO - FELICENSE AO SENHOR PAULO RICARDO BASSUL</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1252/decreto_legislativo_316_betuel_martins_dias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1252/decreto_legislativo_316_betuel_martins_dias.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR BETUEL MARTINS DIAS</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1251/decreto_legislativo_315_ednilson_de_jesus_macedo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1251/decreto_legislativo_315_ednilson_de_jesus_macedo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EDNILSON DE JESUS MACEDO</t>
   </si>
   <si>
     <t>9332</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9332/dl-2012-314.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9332/dl-2012-314.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO_x000D_
 FRANCISCO DE CAMPOS SANA</t>
   </si>
   <si>
     <t>9331</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9331/dl-2012-313.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9331/dl-2012-313.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR AGNALDO LOPES DA SILVA</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1250/decreto_legislativo_312_fernando_cesar_de_miranda.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1250/decreto_legislativo_312_fernando_cesar_de_miranda.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO   DE   CIDADÃO   HONORÁRIO   AO     SENHOR FERNANDO CESAR DE MIRANDA</t>
   </si>
   <si>
     <t>9330</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9330/dl-2012-311.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9330/dl-2012-311.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO - FELICENSE AO SENHOR ROBERTO BRANDÃO RODRIGUES</t>
   </si>
   <si>
     <t>9329</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9329/dl-2012-310.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9329/dl-2012-310.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO - FELICENSE AO SENHOR JOSÉ GASPAR DE MOURA</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1249/decreto_legislativo_309_gilson_marinonio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1249/decreto_legislativo_309_gilson_marinonio.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR GILSON MARINONIO</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1248/decreto_legislativo_308_daniela_angelieri.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1248/decreto_legislativo_308_daniela_angelieri.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A DOUTORA DANIELA ANGELIERI</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1247/decreto_legislativo_307_claudio_maffei.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1247/decreto_legislativo_307_claudio_maffei.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO A CLÁUDIO MAFFEI</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1246/decreto_legislativo_306_nilson_araujo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1246/decreto_legislativo_306_nilson_araujo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR NILSON ARAÚJO</t>
   </si>
   <si>
     <t>9328</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9328/dl-2012-305.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9328/dl-2012-305.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO OSWALDO PRIETO</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1245/decreto_legislativo_304_mario_sgariboldi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1245/decreto_legislativo_304_mario_sgariboldi.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SR. MÁRIO SGARIBOLDI</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1244/decreto_legislativo_303_pedro_pimenta_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1244/decreto_legislativo_303_pedro_pimenta_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR PEDRO PIMENTA DE ALMEIDA</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1243/decreto_legislativo_302_helio_paludeto_jr.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1243/decreto_legislativo_302_helio_paludeto_jr.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE A HÉLIO PALUDETO JÚNIOR</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1242/decreto_legislativo_301_marco_ant_campos_vieira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1242/decreto_legislativo_301_marco_ant_campos_vieira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MARCO ANTONIO CAMPOS VIEIRA.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1241/decreto_legislativo_300_sessao_solene_consciencia_negra.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1241/decreto_legislativo_300_sessao_solene_consciencia_negra.pdf</t>
   </si>
   <si>
     <t>INSTITUI SESSÃO SOLENE PELA CAMARA MUNICIPAL DE PORTO FELIZ EM COMEMORAÇÃO AO 20 DE NOVEMBRO - DIA NACIONAL DA CONSCIÊNCIA NEGRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1240/decreto_legislativo_299_professor_tuto.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1240/decreto_legislativo_299_professor_tuto.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR BENEDITO MARIANO DE CAMPOS (PROFESSOR TUTO)</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1239/decreto_legislativo_298_pedro_bento.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1239/decreto_legislativo_298_pedro_bento.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOEL ANTUNES LEME (PEDRO BENTO)</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1238/decreto_legislativo_297_lia_meyer_ferreira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1238/decreto_legislativo_297_lia_meyer_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE A LIA MEYER FERREIRA</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1237/decreto_legislativo_296_elisa_meyer_ferreira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1237/decreto_legislativo_296_elisa_meyer_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A ELISA MEYER FERREIRA</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1236/decreto_legislativo_295_corina_meyer_ferreira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1236/decreto_legislativo_295_corina_meyer_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A CORINA MEYER FERREIRA</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1235/decreto_legislativo_294_miguel_arcanjo_franca.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1235/decreto_legislativo_294_miguel_arcanjo_franca.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MIGUEL ARCANJO FRANÇA</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1234/decreto_legislativo_293_nadir_de_oliveira_pedroso.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1234/decreto_legislativo_293_nadir_de_oliveira_pedroso.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SR. NADIR DE OLIVEIRA PEDROSO</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1233/decreto_legislativo_292_valeria_lopes_figueiredo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1233/decreto_legislativo_292_valeria_lopes_figueiredo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA VALÉRIA LOPES FIGUEIREDO</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1232/decreto_legislativo_291_padre_washington_pascoal_ribeiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1232/decreto_legislativo_291_padre_washington_pascoal_ribeiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR WASHINGTON PASCOAL RIBEIRO</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1231/decreto_legislativo_290_marcia_c_gimenes_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1231/decreto_legislativo_290_marcia_c_gimenes_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A SENHORA MÁRCIA CRISTINA GIMENES DE OLIVEIRA</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1230/decreto_legislativo_289_ives_manoel_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1230/decreto_legislativo_289_ives_manoel_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR IVES MANOEL DE ALMEIDA</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1229/decreto_legislativo_288_gleisson_fonseca_covos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1229/decreto_legislativo_288_gleisson_fonseca_covos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR GLEISSON FONSECA COVOS</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1228/decreto_legislativo_287_emerson_de_aguiar.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1228/decreto_legislativo_287_emerson_de_aguiar.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EMERSON DE AGUIAR</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1227/decreto_legislativo_286_joana_ferreira_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1227/decreto_legislativo_286_joana_ferreira_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO-FELICENSE A SENHORA JOANA FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1226/decreto_legislativo_285_ezequiel_da_conceicao.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1226/decreto_legislativo_285_ezequiel_da_conceicao.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR EZEQUIEL DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1225/decreto_legislativo_284_jose_batista_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1225/decreto_legislativo_284_jose_batista_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE A SENHOR JOSÉ BATISTA DA SILVA</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1224/decreto_legislativo_283_laura_de_souza_maurino.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1224/decreto_legislativo_283_laura_de_souza_maurino.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA (EM MEMÓRIA) A SENHORA LAURA DE SOUZA MAURINO</t>
   </si>
   <si>
     <t>9327</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9327/dl-2012-282.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9327/dl-2012-282.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2009</t>
   </si>
   <si>
     <t>9326</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9326/dl-2012-281.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9326/dl-2012-281.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA NEIDE ARRUDA MELLO DE LIMA</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1223/decreto_legislativo_280_ana_lucia_boscolo_branquinho.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1223/decreto_legislativo_280_ana_lucia_boscolo_branquinho.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A SENHORA ANA LÚCIA BOSCOLO BRANQUINHO</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1222/decreto_legislativo_279_eli_martins_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1222/decreto_legislativo_279_eli_martins_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO ELI MARTINS DE OLIVEIRA</t>
   </si>
   <si>
     <t>9325</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9325/dl-2012-278.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9325/dl-2012-278.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA LIZANDRA COLLODORO ROCHA</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1221/decreto_legislativo_277_mariana_rodrigues_martins.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1221/decreto_legislativo_277_mariana_rodrigues_martins.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARIANA RODRIGUES MARTINS</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1220/decreto_legislativo_276_otoniel_antonio_alexandrino.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1220/decreto_legislativo_276_otoniel_antonio_alexandrino.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR OTONIEL ANTONIO ALEXANDRINO</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1219/decreto_legislativo_275_edson_palmieri.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1219/decreto_legislativo_275_edson_palmieri.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR EDSON PALMIERI</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1218/decreto_legislativo_274_antonio_francisco_nogueira_jr.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1218/decreto_legislativo_274_antonio_francisco_nogueira_jr.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ANTONIO FRANCISCO NOGUEIRA JUNIOR</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1217/decreto_legislativo_273_ana_paulo_fontolan_de_campos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1217/decreto_legislativo_273_ana_paulo_fontolan_de_campos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA ANA PAULA FONTOLAN DE CAMPOS</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1216/decreto_legislativo_272_rodrigo_fontolan.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1216/decreto_legislativo_272_rodrigo_fontolan.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO   DE   CIDADÃO   HONORÁRIO   AO     SENHOR RODRIGO FONTOLAN</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1215/decreto_legislativo_271_luiz_fontolan.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1215/decreto_legislativo_271_luiz_fontolan.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO   DE   CIDADÃO   HONORÁRIO   AO     SENHOR LUIZ FONTOLAN</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1214/decreto_legislativo_270_sergio_mangini_junior.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1214/decreto_legislativo_270_sergio_mangini_junior.pdf</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1213/decreto_legislativo_269_herminio_rodrigues_de_almeida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1213/decreto_legislativo_269_herminio_rodrigues_de_almeida.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR HERMÍNIO RODRIGUES DE ALMEIDA</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1212/decreto_legislativo_268_luiz_e_tempesta_in_memorian.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1212/decreto_legislativo_268_luiz_e_tempesta_in_memorian.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE (IN MEMORIAN) AO SENHOR LUIZ ESTANISLAU TEMPESTA</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1211/decreto_legislativo_267_francisco_melo_de_matos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1211/decreto_legislativo_267_francisco_melo_de_matos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR FRANCISCO MELO DE MATOS</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1210/decreto_legislativo_266_edir_de_matos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1210/decreto_legislativo_266_edir_de_matos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA EDIR DE MATOS</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1209/decreto_legislativo_265_arnaldo_ricardo_franco_bueno.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1209/decreto_legislativo_265_arnaldo_ricardo_franco_bueno.pdf</t>
   </si>
   <si>
     <t>OUTORGA  TÍTULO   DE   CIDADÃO   HONORÁRIO   AO     SENHOR ARNALDO RICARDO FRANCO BUENO</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1208/decreto_legislativo_264_renato_benedetti.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1208/decreto_legislativo_264_renato_benedetti.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR RENATO BENEDETTI</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1207/decreto_legislativo_263_patricia_rosa_maffei.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1207/decreto_legislativo_263_patricia_rosa_maffei.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA PATRÍCIA ROSA MAFFEI</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1206/decreto_legislativo_262__sidnei_dias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1206/decreto_legislativo_262__sidnei_dias.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR SIDNEI DIAS</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1205/decreto_legislativo_261_cassilda_micheti_moreli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1205/decreto_legislativo_261_cassilda_micheti_moreli.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTO - FELICENSE A SENHORA CACILDA MICHETI MORELI</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1204/decreto_legislativo_260_aparecido_neves_de_souza.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1204/decreto_legislativo_260_aparecido_neves_de_souza.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR APARECIDO NEVES DE SOUZA</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1203/decreto_legislativo_259_celia_gomes_vicentini_martins.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1203/decreto_legislativo_259_celia_gomes_vicentini_martins.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A SENHORA CELIA GOMES VICENTINI MARTINS</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1202/decreto_legislativo_258_carlos_alberto_melare.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1202/decreto_legislativo_258_carlos_alberto_melare.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CARLOS ALBERTO MELARÉ</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1201/decreto_legislativo_257_angelo_carlos_miguel.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1201/decreto_legislativo_257_angelo_carlos_miguel.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANGELO CARLOS MIGUEL</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1200/decreto_legislativo_256_shirley_maria_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1200/decreto_legislativo_256_shirley_maria_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA SHIRLEY MARIA DA SILVA</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1199/decreto_legislativo_255_dorival_melguizo_ramos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1199/decreto_legislativo_255_dorival_melguizo_ramos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR DORIVAL MELGUIZO RAMOS</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1198/decreto_legislativo_254_jose_joao_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1198/decreto_legislativo_254_jose_joao_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOSÉ JOÃO DA SILVA</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1197/decreto_legislativo_253_sergio_eduardo_massaratt.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1197/decreto_legislativo_253_sergio_eduardo_massaratt.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR SÉRGIO EDUARDO MAZZARATT</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1196/decreto_legislativo_252_isabel_c_rodrigues_alves.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1196/decreto_legislativo_252_isabel_c_rodrigues_alves.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA ISABEL CRISTINA CARNEIRO RODRIGUES ALVES</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1195/decreto_legislativo_251_alderico_prestes_dos_santos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1195/decreto_legislativo_251_alderico_prestes_dos_santos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ALDERICO PRESTES DOS SANTOS</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1194/decreto_legislativo_250_antonio_afonso_melare.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1194/decreto_legislativo_250_antonio_afonso_melare.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANTONIO AFONSO MELARE</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1193/decreto_legislativo_249_maria_angelica_ortiz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1193/decreto_legislativo_249_maria_angelica_ortiz.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE À SENHORA MARIA ANGÉLICA ORTIZ</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1192/decreto_legislativo_248_marina_grosso_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1192/decreto_legislativo_248_marina_grosso_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARINA GROSSO DE OLIVEIRA</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1191/decreto_legislativo_247_laura_righetto.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1191/decreto_legislativo_247_laura_righetto.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO A SENHORA LAURA NOBREGA DE ALMEIDA RIGHETTO</t>
   </si>
   <si>
     <t>9324</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9324/dl-2011-246.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9324/dl-2011-246.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ROQUE ALEXANDRINO</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1190/decreto_legislativo_245_cria_acervo_da_camara.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1190/decreto_legislativo_245_cria_acervo_da_camara.pdf</t>
   </si>
   <si>
     <t>CRIA O ACERVO DA CÂMARA MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1189/decreto_legislativo_244_jose_quirino_schettini.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1189/decreto_legislativo_244_jose_quirino_schettini.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOSÉ QUIRINO SCHETTINI</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1188/decreto_legislativo_243_osmil_nabas.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1188/decreto_legislativo_243_osmil_nabas.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR OSMIL NABAS</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1187/decreto_legislativo_242_devanir_ribeiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1187/decreto_legislativo_242_devanir_ribeiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR DEVANIR RIBEIRO</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1186/decreto_legislativo_241_edilson_aparecido_franco.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1186/decreto_legislativo_241_edilson_aparecido_franco.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EDILSON APARECIDO FRANCO</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1185/decreto_legislativo_240_reinaldo_antonio_da_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1185/decreto_legislativo_240_reinaldo_antonio_da_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR REINALDO ANTONIO DA SILVA</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1184/decreto_legislativo_239_duildo_branzani.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1184/decreto_legislativo_239_duildo_branzani.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR DUILDO BRANZANI</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1183/decreto_legislativo_238_jose_nelson_fakri.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1183/decreto_legislativo_238_jose_nelson_fakri.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOSÉ NELSON FAKRI</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1182/decreto_legislativo_237_maria_de_lourdes_k_amaral.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1182/decreto_legislativo_237_maria_de_lourdes_k_amaral.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE À SENHORA MARIA DE LOURDES KERCHE DO AMARAL</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1181/decreto_legislativo_236_maria_cristina_prado.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1181/decreto_legislativo_236_maria_cristina_prado.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARIA CRISTINA GARGIONE PRADO</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1180/decreto_legislativo_235_paulo_alves.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1180/decreto_legislativo_235_paulo_alves.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTO-FELICENSE AO SENHOR PAULO ALVES</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1179/decreto_legislativo_234_franz_cassius_troll.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1179/decreto_legislativo_234_franz_cassius_troll.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR FRANZ CASSIUS TROLL</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1178/decreto_legislativo_233_moises_a._andrade.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1178/decreto_legislativo_233_moises_a._andrade.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR MOISÉS ANTONIO DE ANDRADE</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1177/decreto_legislativo_232_odair_domingues.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1177/decreto_legislativo_232_odair_domingues.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ODAIR DOMINGUES</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1176/decreto_legislativo_231_edilton_gomes_teixeira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1176/decreto_legislativo_231_edilton_gomes_teixeira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR EDILTON GOMES TEIXEIRA</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1175/decreto_legislativo_230_nelson_tabaro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1175/decreto_legislativo_230_nelson_tabaro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR NELSON TABARO</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1174/decreto_legislativo_229_joao_carlos_keiler.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1174/decreto_legislativo_229_joao_carlos_keiler.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOÃO CARLOS KEILER.</t>
   </si>
   <si>
     <t>9323</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9323/dl-2011-228.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9323/dl-2011-228.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA_x000D_
 NOEMY MARIA DE OLIVEIRA MACHADO BUENO</t>
   </si>
   <si>
     <t>9322</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9322/dl-2010-227.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9322/dl-2010-227.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR PAULO HENRIQUE COELHO DE OLIVEIRA</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1173/decreto_legislativo_226_padre_antonio_carlos_fernandes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1173/decreto_legislativo_226_padre_antonio_carlos_fernandes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ANTONIO CARLOS FERNANDES</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1172/decreto_legislativo_225_maria_jose_soares_ayres.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1172/decreto_legislativo_225_maria_jose_soares_ayres.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARIA JOSÉ SOARES AYRES</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1171/decreto_legislativo_224_contas_2008.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1171/decreto_legislativo_224_contas_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2008</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1170/decreto_legislativo_223_benedito_raimundo_batista.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1170/decreto_legislativo_223_benedito_raimundo_batista.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR BENEDITO RAIMUNDO BATISTA</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1169/decreto_legislativo_222_eliza_rafaine_maurino.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1169/decreto_legislativo_222_eliza_rafaine_maurino.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃ HONORÁRIA À PROFª ELIZA RAFAINE DA COSTA MAURINO</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1168/decreto_legislativo_221_dirce_cernichiaro_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1168/decreto_legislativo_221_dirce_cernichiaro_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA DIRCE CERNICHIARO DE OLIVEIRA</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1167/decreto_legislativo_220_maria_tereza_morales_sangeronimo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1167/decreto_legislativo_220_maria_tereza_morales_sangeronimo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A SENHORA MARIA_x000D_
 TEREZA MORALES SANGERONIMO</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1166/decreto_legislativo_219_joao_esquerdo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1166/decreto_legislativo_219_joao_esquerdo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOÃO ESQUERDO</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1165/decreto_legislativo_218_luiz_gonzaga_tauhyl.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1165/decreto_legislativo_218_luiz_gonzaga_tauhyl.pdf</t>
   </si>
   <si>
     <t>OUTORGA   TÍTULO   DE   CIDADÃO    HONORÁRIO    AO     SENHOR  LUIZ GONZAGA TAUHYL</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1164/decreto_legislativo_217_jorge_panserini.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1164/decreto_legislativo_217_jorge_panserini.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JORGE PANSERINI</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1163/decreto_legislativo_216_helio_de_barros.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1163/decreto_legislativo_216_helio_de_barros.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR HELIO DE BARROS</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1162/decreto_legislativo_215_luiz_da_silva_bueno.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1162/decreto_legislativo_215_luiz_da_silva_bueno.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR LUIZ DA SILVA BUENO</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1161/decreto_legislativo_214_celso_tristao_de_camargo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1161/decreto_legislativo_214_celso_tristao_de_camargo.pdf</t>
   </si>
   <si>
     <t>OUTORGA   TÍTULO   DE   CIDADÃO    HONORÁRIO    AO     SENHOR  CELSO TRISTÃO DE CAMARGO</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1160/decreto_legislativo_213_silvio_tristao_de_camargo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1160/decreto_legislativo_213_silvio_tristao_de_camargo.pdf</t>
   </si>
   <si>
     <t>OUTORGA   TÍTULO   DE   CIDADÃO    HONORÁRIO    AO     SENHOR  SILVIO TRISTÃO DE CAMARGO</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1159/decreto_legislativo_212_tereza_monteiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1159/decreto_legislativo_212_tereza_monteiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃ HONORÁRIA A SENHORA MARIA TEREZA MONTEIRO FRANCHI.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1158/decreto_legislativo_211_paulo_kaneichi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1158/decreto_legislativo_211_paulo_kaneichi.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR PAULO KANEICHI</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1157/decreto_legislativo_210_coronel_vander_simeira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1157/decreto_legislativo_210_coronel_vander_simeira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR EDISON VANDER ACUIO SIMEIRA</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1156/decreto_legislativo_209_-_aloizio_mercadante.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1156/decreto_legislativo_209_-_aloizio_mercadante.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ALOÍZIO MERCADANTE OLIVA</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1155/decreto_legislativo_208_contas_2007.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1155/decreto_legislativo_208_contas_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 2007</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1154/decreto_legislativo_207_carlos_jose_ribeiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1154/decreto_legislativo_207_carlos_jose_ribeiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CARLOS JOSE RIBEIRO</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1153/decreto_legislativo_206_celso_avancini_jr.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1153/decreto_legislativo_206_celso_avancini_jr.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CELSO ANTONIO AVANCINI JÚNIOR</t>
   </si>
   <si>
     <t>9321</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9321/dl-2009-205.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9321/dl-2009-205.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOSÉ BENEDITO SANA</t>
   </si>
   <si>
     <t>9320</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9320/dl-2009-204.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9320/dl-2009-204.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR EUGÊNIO MILANI</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1152/decreto_legislativo_203_joao_luiz_de_oliveira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1152/decreto_legislativo_203_joao_luiz_de_oliveira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOÃO LUIZ DE OLIVEIRA</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1151/decreto_legislativo_202_claudimir_aparecido_causin.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1151/decreto_legislativo_202_claudimir_aparecido_causin.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO HONORÁRIO AO SENHOR CLAUDIMIR APARECIDO CAUSIN PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICIPIO DE PORTO FELIZ</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1150/decreto_legislativo_201_jose_eud_antunes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1150/decreto_legislativo_201_jose_eud_antunes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOSÉ EUD ANTUNES</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1149/decreto_legislativo_200_sedirley_rugolo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1149/decreto_legislativo_200_sedirley_rugolo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR SEDIRLEY RUGOLO</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1148/decreto_legislativo_199_rubens_campanhao.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1148/decreto_legislativo_199_rubens_campanhao.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 SENHOR RUBENS CAMPANHÃO</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1147/decreto_legislativo_198_joao_batista_ercolin.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1147/decreto_legislativo_198_joao_batista_ercolin.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOÃO BATISTA ERCOLIN</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1146/decreto_legislativo_197_maria_tereza_de_moraes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1146/decreto_legislativo_197_maria_tereza_de_moraes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA MARIA TEREZA DE MORAES</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1145/decreto_legislativo_196_afonso_celsun_de_arruda.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1145/decreto_legislativo_196_afonso_celsun_de_arruda.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. AFONSO CELSUN DE ARRUDA</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO PORTOFELICENSE AO DEPUTADO ESTADUAL HAMILTON PEREIRA</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1143/decreto_legislativo_194_antonio_beda_ferreira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1143/decreto_legislativo_194_antonio_beda_ferreira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 SENHOR ANTONIO BÊDA FERREIRA</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1142/decreto_legislativo_193_rubens_camilo_pinto.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1142/decreto_legislativo_193_rubens_camilo_pinto.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR RUBENS CAMILO PINTO</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1141/decreto_legislativo_192_jurema_de_freitas_b._hagen.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1141/decreto_legislativo_192_jurema_de_freitas_b._hagen.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SRª JUREMA DE FREITAS BARBOSA HAGEN</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1140/decreto_legislativo_191_mafalda_savassa_rinck.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1140/decreto_legislativo_191_mafalda_savassa_rinck.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃ PORTOFELICENSE A SRA. MAFALDA SAVASSA RINCK</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1139/decreto_legislativo_190_claudio_sampaio_torres.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1139/decreto_legislativo_190_claudio_sampaio_torres.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR CLAUDIO SAMPAIO TORRES</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1138/decreto_legislativo_189_iara_bernardi.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1138/decreto_legislativo_189_iara_bernardi.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA IARA BERNARDI</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1137/decreto_legislativo_188_rita_passos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1137/decreto_legislativo_188_rita_passos.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA RITA DE CÁSSIA TRINCA PASSOS</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1136/decreto_legislativo_187_dr._crocco.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1136/decreto_legislativo_187_dr._crocco.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO HONORÁRIO AO DR. REINALDO CROCCO JÚNIOR</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1135/decreto_legislativo_186_geraldo_alckmin.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1135/decreto_legislativo_186_geraldo_alckmin.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR GERALDO JOSÉ RODRIGUES ALCKMIN FILHO</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1134/decreto_legislativo_185_sergio_benedicto_assumpcao.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1134/decreto_legislativo_185_sergio_benedicto_assumpcao.pdf</t>
   </si>
   <si>
     <t>OOUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR_x000D_
 SÉRGIO BENEDICTO ASSUMPÇÃO</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1133/decreto_legislativo_184_etelvina_rosseto_rafael.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1133/decreto_legislativo_184_etelvina_rosseto_rafael.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA ETELVINA ROSSETO RAFAEL</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1132/decreto_legislativo_183_orlando_silvestre.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1132/decreto_legislativo_183_orlando_silvestre.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ORLANDO SILVESTRE</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1131/decreto_legislativo_182_zulma_nahum.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1131/decreto_legislativo_182_zulma_nahum.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A SENHORA ZULMA AMARAL PINTO NAHUM</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1130/decreto_legislativo_181_clovis_santinon.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1130/decreto_legislativo_181_clovis_santinon.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE  CIDADÃO HONORARIO AO CORONEL PM CLOVIS SANTINON</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1129/decreto_legislativo_180_neusa_maria_barbosa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1129/decreto_legislativo_180_neusa_maria_barbosa.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIÁ À  SRA. NEUSA MARIA BARBOSA</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1128/decreto_legislativo_179_contas_2006.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1128/decreto_legislativo_179_contas_2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DE CONTAS DA PREFEITURA DO_x000D_
 MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE_x000D_
 2006.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1127/decreto_legislativo_178_osmir_minelli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1127/decreto_legislativo_178_osmir_minelli.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR_x000D_
 OSMIR MINELLI DE CAMARGO</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1126/decreto_legislativo_177_orlanda_f_polaz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1126/decreto_legislativo_177_orlanda_f_polaz.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE A_x000D_
 SENHORA ORLANDA FRANCISCHINELLI POLAZ.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1125/decreto_legislativo_176_jose_hawilla.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1125/decreto_legislativo_176_jose_hawilla.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR._x000D_
 JOSÉ HAWILLA</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1124/decreto_legislativo_175_maria_angelica_boscolo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1124/decreto_legislativo_175_maria_angelica_boscolo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A_x000D_
 SENHORA MARIA ANGÉLICA BOSCOLO CATHARINO.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1123/decreto_legislativo_174_shigeo_uchiwa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1123/decreto_legislativo_174_shigeo_uchiwa.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 SENHOR SHIGEO UCHIWA.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1122/decreto_legislativo_173_joao_martinez.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1122/decreto_legislativo_173_joao_martinez.pdf</t>
   </si>
   <si>
     <t>UTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 SENHOR JOÃO CARLOS MARTINEZ DE ARAÚJO</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1121/dl000172.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1121/dl000172.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE A_x000D_
 SENHORA FRANCISCA INES BRUNELLO THOMAZETTO</t>
   </si>
   <si>
     <t>9319</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9319/dl-2008-171.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9319/dl-2008-171.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA A SENHORA_x000D_
 SONIA MARIA BELON</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1120/decreto_legislativo_170_joao_cesar_f_stetner.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1120/decreto_legislativo_170_joao_cesar_f_stetner.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR. JOÃO CÉSAR FERNANDES STETNER</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1119/decreto_legislativo_169_sebastiao_nunes_m_fo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1119/decreto_legislativo_169_sebastiao_nunes_m_fo.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR SEBASTIÃO NUNES MARTINS FILHO</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1118/decreto_legislativo_168_jose_antonio_vieira.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1118/decreto_legislativo_168_jose_antonio_vieira.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR JOSÉ ANTONIO VIEIRA NETTO</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1117/decreto_legislativo_167_esmeraldo_crocco.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1117/decreto_legislativo_167_esmeraldo_crocco.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR ESMERALDO CROCCO</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1116/decreto_legislativo_166_contas_2005.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1116/decreto_legislativo_166_contas_2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA DO_x000D_
 MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE_x000D_
 2005.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1115/decreto_legislativo_165_filomena__fontana.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1115/decreto_legislativo_165_filomena__fontana.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE À SRª. GERALDA FILOMENA DENADAI FONTANA</t>
   </si>
   <si>
     <t>9318</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9318/dl-2007-164.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9318/dl-2007-164.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE A RUBENS DOMINGUES</t>
   </si>
   <si>
     <t>9317</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9317/dl-2007-163.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9317/dl-2007-163.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE AO  ARTISTA PLÁSTICO JOSÉ AVELINO SERRANO</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1114/decreto_legislativo_162_ilda_souza_leite_d._antonia0.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1114/decreto_legislativo_162_ilda_souza_leite_d._antonia0.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃ HONORÁRIA À SRª. ILDA SOUZA LEITE, CONHECIDA COMO DONA ANTÔNIA</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1113/decreto_legislativo_161_ricardo_gonzalez.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1113/decreto_legislativo_161_ricardo_gonzalez.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. RICARDO GONZÁLEZ</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1112/decreto_legislativo_160_orlando_zilli.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1112/decreto_legislativo_160_orlando_zilli.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. ORLANDO ZILLI</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1111/decreto_legislativo_159_xyco_do_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1111/decreto_legislativo_159_xyco_do_saae.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. FRANCISCO BENEDITO PEREIRA DA SILVA</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1109/decreto_legislativo_158_everaldo_l._monteiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1109/decreto_legislativo_158_everaldo_l._monteiro.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SENHOR_x000D_
 EVERALDO LISBOA MONTEIRO</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1110/decreto_legislativo_158_everaldo_l._monteiro.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1110/decreto_legislativo_158_everaldo_l._monteiro.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Portofelicense ao Senhor Everaldo Lisboa Monteiro</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1108/decreto_legislativo_157_policial_tony_jesus_silva.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1108/decreto_legislativo_157_policial_tony_jesus_silva.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 POLICIAL TONY JESUS SILVA.</t>
   </si>
   <si>
     <t>9316</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9316/dl-2007-156.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9316/dl-2007-156.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 SENHOR MOISÉS DE OLIVEIRA</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1107/decreto_legislativo_155_fernando_simioni.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1107/decreto_legislativo_155_fernando_simioni.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 SENHOR FERNANDO SIMIONI</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1106/decreto_legislativo_154_decio_fernandes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1106/decreto_legislativo_154_decio_fernandes.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR_x000D_
 DÉCIO FERNANDES DE CAMARGO.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1105/decreto_legislativo_153_maria_do_gabinete.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1105/decreto_legislativo_153_maria_do_gabinete.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ HONORÁRIA À SRA._x000D_
 MARIA DE LOURDES CAMARGO.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1104/dl000152.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1104/dl000152.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA_x000D_
 DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO_x000D_
 DE 2004.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1103/dl000151.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1103/dl000151.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 DELEGADO ANDRÉ MARINHO BONAN.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1102/dl000150.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1102/dl000150.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA DO_x000D_
 MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE_x000D_
 2003.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1101/dl000149.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1101/dl000149.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃ PORTOFELICENSE A_x000D_
 DOUTORA ROGÉRIA DE PAULA GOMES.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1100/dl000148.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1100/dl000148.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃ HONORÁRIA À SRª._x000D_
 JOSEFINA GALERA FELIX</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1099/dl000147.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1099/dl000147.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE AO PASTOR MARCOS VIEIRA HENRIQUE</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1098/dl000146.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1098/dl000146.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃ PORTOFELICENSE A DOUTORA RENATA LÚCIA MOTA LIMA DE OLIVEIRA RIVITTI</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1097/dl000145.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1097/dl000145.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR._x000D_
 LEONALDO DE ALMEIDA</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1096/dl000144.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1096/dl000144.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR. ARI_x000D_
 MANCIO DE CAMARGO</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1095/dl000143.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1095/dl000143.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO PORTOFELICENSE AO SR._x000D_
 RUBENS ALBIERO</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1094/dl000142.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1094/dl000142.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR._x000D_
 GILBERTO SAMPAIO TORRES.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1093/dl000141.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1093/dl000141.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃ PORTOFELICENSE À_x000D_
 SENHORA NURIS PEGORETTI</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1092/dl000140.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1092/dl000140.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR._x000D_
 ANTÔNIO TOSHIYUKI YAMAMOTO</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1091/dl000139.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1091/dl000139.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR. IVAN MARTINS_x000D_
 SAMPAIO</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1090/dl000138.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1090/dl000138.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR._x000D_
 JOÃO BATISTA COSTA FILHO</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1089/dl000137.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1089/dl000137.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR._x000D_
 ROBERTO VETRANO.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1088/dl000136.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1088/dl000136.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR, SIDNEI_x000D_
 TOMÉ.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1087/dl000135.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1087/dl000135.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR, JOSÉ_x000D_
 PINTO MAGDANELO.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1086/dl000134.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1086/dl000134.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO HONORÁRIO AO RESTAURANTE BELINI</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1085/dl000133.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1085/dl000133.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORIOFELICENSE AO SR_x000D_
 INGO SCHNELLRATH</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1084/dl000132.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1084/dl000132.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR, NELSON_x000D_
 SILVEIRA MORAES.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1083/dl000131.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1083/dl000131.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR. ANTONIO_x000D_
 MONTEIRO.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1082/dl000130.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1082/dl000130.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA_x000D_
 DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO_x000D_
 EXERCÍCIO DE 2002.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1081/dl000129.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1081/dl000129.pdf</t>
   </si>
   <si>
     <t>OVTORGA TÍTULO DE CIDADÃO HONORÁRIO AO DR. CÉLIO_x000D_
 PIRES.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1080/dl000128.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1080/dl000128.pdf</t>
   </si>
   <si>
     <t>FOUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR._x000D_
 ROBERTO DE GÓES COSTA.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1079/dl000127.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1079/dl000127.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANTA PORTOFELICENSE AO_x000D_
 SR, PEDRO PÁSCOLI</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1078/dl000126.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1078/dl000126.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÂ PORTOFELICENSE À SRA._x000D_
 ANA LUÍZA MARTELINE DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1077/dl000125.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1077/dl000125.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÂ PORTOFELICENSE À SR._x000D_
 SUELI MARTINS KEILER.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1076/dl000124.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1076/dl000124.pdf</t>
   </si>
   <si>
     <t>OVTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR, FELIX_x000D_
 SCHIAVANO.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1075/dl000123.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1075/dl000123.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORIOFELICENSE AO_x000D_
 DEPUTADO JORGE CARUSO</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1074/dl000122.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1074/dl000122.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO_x000D_
 SR, LUIS CARLOS FUNARI</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1073/dl000121.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1073/dl000121.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO DR_x000D_
 ANTONIO CÁSSIO HABICE PRADO.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1071/dl000119.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1071/dl000119.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR._x000D_
 LÁZARO ANTONIO TORRES.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1070/dl000118.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1070/dl000118.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA DO_x000D_
 MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE_x000D_
 2001.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1069/dl000117.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1069/dl000117.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR_x000D_
 CARLOS MAGALHÄES.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1068/dl000116.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1068/dl000116.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃ PORTOFELICENSE À SR._x000D_
 NEUZA BELLON.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1067/dl000115.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1067/dl000115.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO PORTOFELICENSE AO SR._x000D_
 EMÍLIO FONTANA FILHO.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1066/dl000114.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1066/dl000114.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR ELIASAR DE CAMPOS</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1065/dl000113.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1065/dl000113.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÅ HONORÁRIA À SR. CÁSSIA RITA DE CASTRO ANGELIERI.</t>
   </si>
   <si>
     <t>9315</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9315/dl-2003-112.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9315/dl-2003-112.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO SR. BENEDICTO LISBÔA FILHO</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1064/dl000111.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1064/dl000111.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORIOFELICENSE AO SR REINALDO JOSÉ ALBIERO.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1063/dl000110.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1063/dl000110.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AО SR, CIRO BRUGNARO.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1072/dl000120.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1072/dl000120.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO_x000D_
 SR, MÁXIMO ROCCO.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1062/dl000109.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1062/dl000109.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR. ROBERT JOHANN MADERSDORFER.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1061/dl000108.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1061/dl000108.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO DR, FÁBIO AURIEMO.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1060/dl000107.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1060/dl000107.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR. AMILCAR FARID YAMIN.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1059/dl000106.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1059/dl000106.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE АО SR. LUIZ CLÁUDIO RODRIGUES.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1058/dl000105.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1058/dl000105.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE À SR. MARIA HELENA ALVES ROCCO.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1057/dl000104.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1057/dl000104.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO HONORÁRIO AO DR EDSON JOSÉ MARCUSSO.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1056/dl000103.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1056/dl000103.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO DEPUTADO JOSÉ ANTONIO CALDINI CRESPO.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1055/dl000102.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1055/dl000102.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO DEPUTADO ANTONIO CARLOS PANNUNZIO.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1054/dl000101.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1054/dl000101.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1.999</t>
   </si>
   <si>
     <t>9314</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9314/dl-2001-100.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9314/dl-2001-100.pdf</t>
   </si>
   <si>
     <t>Outorga título de cidadania Portofelicense à Deputada Maria do Carmo Piunti</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1053/dl00099.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1053/dl00099.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO DEPUTADO FEDERAL DR, MICHEL MIGUEL ELIAS TEMER LULIA</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1052/dl00098.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1052/dl00098.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AО PROFESSOR DOMINGOS DE MARCO.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1051/dl00097.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1051/dl00097.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO ESPORTISTA ADHEMAR FERREIRA DE CAMARGO NETO.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1050/dl00096.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1050/dl00096.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO GOVERNADOR DR. MÁRIO COVAS JUNIOR</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/1049/dl00095.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/1049/dl00095.pdf</t>
   </si>
   <si>
     <t>Aprovação contas 1998</t>
   </si>
   <si>
     <t>9313</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/9313/dl-2000-94.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/9313/dl-2000-94.pdf</t>
   </si>
   <si>
     <t>Outorga título de cidadania Portofelicense ao navegador e escritor Sr. José Luiz Guidotti</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1048/dl00093.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1048/dl00093.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS  1997</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1047/dl00092.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1047/dl00092.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1996</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1046/dl00091.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1046/dl00091.pdf</t>
   </si>
   <si>
     <t>CIDADANIA PORTOFELICENSE AO DR. REYNALDO RUSSO AYRES</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1045/dl00090.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1045/dl00090.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROPOSTA DE EMENDA A CONSTITUIÇÃO ESTADUAL E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1044/dl00089.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1044/dl00089.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO ARTISTA SR_x000D_
 BRUNO DE GIUSTI</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1043/dl00088.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1043/dl00088.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR TEN. GENESIO LEANDRO VIEIRA.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1042/dl00087.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1042/dl00087.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO DR. CELIO PRADO.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1041/dl00086.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1041/dl00086.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1994</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/1040/dl00085.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/1040/dl00085.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMUNERACÃO DO PREFEITO E DO VICE-PREFEITO PARA A LEGISLATURA DE 1.997 a 2.000.</t>
   </si>
   <si>
     <t>9312</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/9312/dl-1996-84.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/9312/dl-1996-84.pdf</t>
   </si>
   <si>
     <t>OUTONGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR. ROMUALDO CROCCO</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1039/dl00083.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1039/dl00083.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO PROF JONAS SOARES DE SOUZA</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1038/dl00082.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1038/dl00082.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO DR. JOSÉ GERALDO PACHECO DA CUNHA</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1037/dl00081.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1037/dl00081.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1993</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1036/dl00080.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1036/dl00080.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR. CLOVIS JULIANO GUADAGNINI</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1035/dl00079.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1035/dl00079.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR._x000D_
 DR. JOSE AILTON RIBEIRO</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1034/dl00078.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1034/dl00078.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO_x000D_
 DE PORTO FELIZ, RELATIVAS AO EXERCICIO DE 1.992.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1033/dl00077.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1033/dl00077.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DO SERVIÇO AUTÔNOMO DE AGUA E ESGOTO DO MUNICIPIO DE PORTO FELIZ, RELATIVAS AO EXERCICIO DE 1.992.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1032/dl00076.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1032/dl00076.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO HONORÁRIO AO EXMO. SR CEL_x000D_
 CLAUDIONOR LISBOA.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1031/dl00075.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1031/dl00075.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO SR._x000D_
 JOÃO FRANCISCO MENEZES.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1030/dl00074.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1030/dl00074.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO SR. ALCINO MARCONI.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1029/dl00073.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1029/dl00073.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO SR._x000D_
 MILTON NEVES FILHO.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1028/dl00072.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1028/dl00072.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO_x000D_
 Pe. ISAC ISAIAS VALLE</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1027/dl00071.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1027/dl00071.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1991</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1026/dl00070.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1026/dl00070.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1991</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1025/dl00069.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1025/dl00069.pdf</t>
   </si>
   <si>
     <t>CONTAS SAAE 1990</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1024/dl00068.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1024/dl00068.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1990</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1023/dl00067.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1023/dl00067.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA PROGRAMA DA CIDADANIA</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1022/dl00066.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1022/dl00066.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERACÃO DO PREFEITO E DO VCE-PREFEITO PARA LEGUSLATURA 1.993/1.996.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1021/dl00065.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1021/dl00065.pdf</t>
   </si>
   <si>
     <t>FIXA O NÚMERO DE VEREADORES DO MUNICIPIO DE PORTO FELIZ PARA_x000D_
 A LEGISLATURA 93/96 E DÅ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1020/dl00064.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1020/dl00064.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1989</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1019/dl00063.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1019/dl00063.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1989</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1018/dl00062.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1018/dl00062.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE NO ILM SR. TEN. CEL ONELIO CALEGARE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1017/dl00061.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1017/dl00061.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO SR. PROF JOÃO CAMPOS VIERA E DÅ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1016/dl00060.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1016/dl00060.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO DA CONCLUSÃO DA COMISSÃO ESPECIAL DE INQUERITO, CONSTITUIDA ATRAVES DO REQUEREMENTO Nº 28/91.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1015/dl00059.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1015/dl00059.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATORIO E A CONCLUSÃO DA COMISSÃO ESPECIAL DE_x000D_
 INQUERTTO, CONSTITUIDA ATRAVES DO REQUERIMENTO Nº 27/91.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1014/dl00058.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1014/dl00058.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1988</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1013/dl00057.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1013/dl00057.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1988</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1012/dl00056.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1012/dl00056.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1987</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1011/dl00055.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1011/dl00055.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1987</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1010/dl00054.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1010/dl00054.pdf</t>
   </si>
   <si>
     <t>PRESTA HOMENAGEM AO EXM. SR. PROF. PEDRO JOSE MOREAL, OFERTANDO-LHE UMA PLACA DE PRATA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1009/dl00053.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1009/dl00053.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1986</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1008/dl00052.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1008/dl00052.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1986</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1007/dl00051.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1007/dl00051.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO ILMO. SR_x000D_
 ISMAEL GOMES DE TOLEDO</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1006/dl00050.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1006/dl00050.pdf</t>
   </si>
   <si>
     <t>SUBSÍDIO PREFEITO E VICE 1989-1992</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1005/dl00049.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1005/dl00049.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO _x000D_
 SR. JOSE RODERTO ERCOLIN.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1004/dl00048.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1004/dl00048.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1985</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1003/dl00047.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1003/dl00047.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1985</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1002/dl00046.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1002/dl00046.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADANIA PORTOFELICENSE AO EXM._x000D_
 SR. DR. LUIZ ANTONIO FLEURY FILHO</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1001/dl00045.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1001/dl00045.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATORIO E AS CONCLUSÕES DA COMISSÃO ESPECIAL DE_x000D_
 INQUERITO CONSTITUIDA ATRANÉS DO REQUERIMENTO Nº 15/87</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1000/dl00044.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1000/dl00044.pdf</t>
   </si>
   <si>
     <t>ALTERA A VERBA DE REPRESENTAÇÃO DO PREFEITO MUNICIPAL DE_x000D_
 PORTO FELIZ</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/999/dl00043.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/999/dl00043.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO E AS CONCLUSÕES DA COMISSÃO ESPECIAL DE_x000D_
 INQUERITO, CONSTITUIDA ATRAVÉS DO REQUERIMENTO Nº 13/86.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/998/dl00042.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/998/dl00042.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1984</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/997/dl00041.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/997/dl00041.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1984</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/996/dl00040.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/996/dl00040.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADANIA PORTOFELICENSE AO EXM SR DR. ALMIR PAZZIANOTO PINTO</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/995/dl00039.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/995/dl00039.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1983</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/994/dl00038.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/994/dl00038.pdf</t>
   </si>
   <si>
     <t>DISPÕE SORRE APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL_x000D_
 DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1983.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/993/dl00037.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/993/dl00037.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1982</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/992/dl00036.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/992/dl00036.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS PREFEITURA 1983</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/991/dl00035.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/991/dl00035.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1981</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/990/dl00034.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/990/dl00034.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL_x000D_
 DE PORTO FELIZ, RELATIVAS AO EXERCÍCIO DE 1988.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/989/dl00033.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/989/dl00033.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO PREFEITO MUNICIPAL E A VERBA DE REPRESENTAÇÃO DO PREFEITO E DO VICE-PREFEITO MUNICIPAL DE PORTO FELIZ, E DĂ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/988/dl00032.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/988/dl00032.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1980</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/987/dl00031.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/987/dl00031.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1980</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/986/dl00030.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/986/dl00030.pdf</t>
   </si>
   <si>
     <t>FIXA REMUNERAÇÃO DO PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/985/dl00029.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/985/dl00029.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1979</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/984/dl00028.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/984/dl00028.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1979</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/983/dl00027.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/983/dl00027.pdf</t>
   </si>
   <si>
     <t>ALTERA DECRETO 17 - VERBA DE REPRESENTAÇÃO PREFEITO</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/982/dl00026.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/982/dl00026.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1978</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/981/dl00025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/981/dl00025.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1978</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/980/dl00024.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/980/dl00024.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1977</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/979/dl00023.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/979/dl00023.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1977</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/978/dl00022.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/978/dl00022.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1976</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/977/dl00021.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/977/dl00021.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1976</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/975/dl00019.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/975/dl00019.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1975</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/976/dl00020.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/976/dl00020.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1975</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/974/dl00018.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/974/dl00018.pdf</t>
   </si>
   <si>
     <t>CIDADANIA PORTOFELICENSE FORTUNATO FIORAVANTE ANGELIERI</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/973/dl00017.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/973/dl00017.pdf</t>
   </si>
   <si>
     <t>SUBSÍDIO PREFEITO E VICE 1977-1980</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/972/dl00016.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/972/dl00016.pdf</t>
   </si>
   <si>
     <t>CIDADANIA PORTOFELICENSE ROSÁLIA GUIMARÃES</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/971/dl00015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/971/dl00015.pdf</t>
   </si>
   <si>
     <t>CIDADANIA PORTOFELICENSE ASSUNTA MARCHESONI ROGADO</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/970/dl00014.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/970/dl00014.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1974</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/969/dl00013.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/969/dl00013.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1974</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/968/dl00012.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/968/dl00012.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1973</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/967/dl00011.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/967/dl00011.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1973</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/966/dl00010.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/966/dl00010.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS SAAE 1972</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/965/dl0009.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/965/dl0009.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1972</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/964/dl0008.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/964/dl0008.pdf</t>
   </si>
   <si>
     <t>Aprovação de Contas SAAE relativas ao exercício de 1981</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/963/dl0007.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/963/dl0007.pdf</t>
   </si>
   <si>
     <t>CONTAS 1971</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/962/dl0006.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/962/dl0006.pdf</t>
   </si>
   <si>
     <t>OUTORGA TSTULO DE CIDADÃO PORTOFELICENSE AO_x000D_
 EXM SR. DR. "CAROLINO NOVAES"</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/961/dl0005.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/961/dl0005.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO PÉRICLES WEY DE ALMEIDA</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/960/dl0004.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/960/dl0004.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1969</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/959/dl0003.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/959/dl0003.pdf</t>
   </si>
   <si>
     <t>APROVAÇÃO CONTAS 1970</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/958/dl0002.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/958/dl0002.pdf</t>
   </si>
   <si>
     <t>SUBSÍDIO PREFEITO</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/957/dl0001.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/957/dl0001.pdf</t>
   </si>
   <si>
     <t>TITULO CIDADÃO PORTOFELICENSE LAUDO NATEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7740,66 +7740,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9423/decreto_legislativo_no609-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9420/decreto_legislativo_608.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9416/decreto_607.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9415/decreto_606.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9414/decreto_605.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9413/decreto_604.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9412/decreto_603.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9410/decreto_legislativo_602-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9409/decreto_legislativo_601-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9408/decreto_legislativo_600-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9407/decreto_legislativo_599-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9406/decreto_legislativo_598-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9405/decreto_legislativo_597-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9404/decreto_legislativo_596-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9402/decreto_legislativo_594-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9401/decreto_legislativo_593-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9400/decreto_legislativo_592-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9398/decreto_legislativo_591_-_talento_jovem_maria_clara_cruz_affonso.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9397/decreto_legislativo_590_-_premio_cultural_banda_unidos_do_apae.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9396/decreto_legislativo_589_-_melhor_idade_jonadir_dos_santos_menegon.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9395/decreto_legislativo_588_-_melhor_idade_maria_alcidina_bueno_correa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9394/decreto_legislativo_587_-_cidada_honoraria_thayana_montico_carlos_zanella.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9393/decreto_legislativo_586_-_premio_cultural_ricardo_de_macedo_ghiraldi.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9392/decreto_legislativo_585_-_talento_jovem_samuel_mesquita_carvalho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9391/decreto_legislativo_584_-_cidadao_honorario_ezequiel_pedrozo_luciano.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9390/decreto_legislativo_583_-_premio_cultural_a_banda_tua_face.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9389/decreto_legislativo_582_-_titulo_de_cidadao_portofelicense_josiel_gregorio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9388/decreto_legislativo_581_-_talento_jovem_caua_de_souza_nunes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9387/decreto_legislativo_580_-_cidadao_honorario_odair_a_lara_jr.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9386/decreto_legislativo_579_-_premio_cultural_ao_studio_solydance.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9385/decreto_legislativo_578_-_talento_jovem_maria_eduarda_perotti.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9384/decreto_legislativo_577_-_premio_cultural_a_odila_fernandes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9383/decreto_legislativo_576_-_destaque_melhor_idade_aparicio_j_bandeira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9382/decreto_legislativo_575_-_destaque_melhor_idade_maria_l_a_trentin_zilli.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9377/decreto_legislativo_574_-_talento_jovem_alice_batista.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9198/decreto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6086/decreto_legislativo_572_-_cidada_porto-felicense_a_sheyla_martins_muniz.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/955/decreto_legislativo_571_-_premio_cultural_antonio_yamamoto_a_jessica_leroy.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/954/decreto_legislativo_570_-_premio_cultural_antonio_yamamoto_a_andreia_miranda_de_m._nascimento.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/953/decreto_legislativo_569_-_destaque_da_melhor_idade_ao_francisco_p._santos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/952/decreto_legislativo_568_-_talento_jovem_ao_caua_almeida_f._alves.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/951/decreto_legislativo_567_-_cidadao_porto-felicense_ao_camilo_lellis.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/950/decreto_legislativo_566_-_cidadao_honorario_ao_clayton_carlos_s._correa.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/949/decreto_legislativo_565_-_destaque_da_melhor_idade_ao_robson_de_jesus_sana.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/59/decreto_legislativo_564_-_premio_cultural_antonio_yamamoto_ao_gilson_geraldo.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/58/decreto_legislativo_563_-_destaque_da_melhor_idade_ao_donizete_aparecido_rodrigues.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/57/decreto_legislativo_562_-_premio_cultural_antonio_yamamoto_ao_paulo_henrique_c._de_oiveira.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/56/decreto_legislativo_561_-_cidadao_porto-felicense_ao_severino_bento_domingos.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/55/decreto_legislativo_560_-_talento_jovem_ao_gustavo_henrique_da_rocha.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/54/decreto_legislativo_559_-_premio_cultural_antonio_yamamoto_ao_nilson_teruel.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/53/decreto_legislativo_558_-_destaque_da_melhor_idade_ao_roberto_prestes_de_souza.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/52/decreto_legislativo_557_-_destaque_da_melhor_idade_a_celina_aparecida_b._sampaio.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/51/decreto_legislativo_556_-_cidadao_porto-felicense_ao_gabriel_das_neves_b._costa.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/50/decreto_legislativo_555_-_cidadao_honorario_ao_carlos_eduardo_segatto_l._de_santana.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/49/decreto_legislativo_554_-_talento_jovem_ao_joao_paulo_a._anjos.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/48/decreto_legislativo_553_-_cidadao_porto-felicense_ao_luciano_batista_barros.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/47/decreto_legislativo_552_-_cidadao_honorario_ao_julio_antonio_mietto.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/46/decreto_legislativo_551_-_cidadao_porto-felicense_ao_emerson_munhoz.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/45/decreto_legislativo_550_-_destaque_da_melhor_idade_ao_benedito_pascoal_waltre.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/44/decreto_legislativo_549_-_talento_jovem_ao_lucas_otavio_c._manoel.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/10/decreto_legislativo_548_-_destaque_melhor_idade_mercia_marques_de_souza.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9/decreto_legislativo_547_-_premio_cultural_antonio_yamamoto_ao_rogerio_taveira_da_silva.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8/decreto_legislativo_546_-_talento_jovem_ao_lucas_mas_maciel.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/7/decreto_legislativo_545_-_talento_jovem_a_alice_vaz_rando.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6/decreto_legislativo_544_-_cidada_honoraria_a_marli_francisca_carezia_gibim.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/5/decreto_legislativo_543_-_premio_cultural_antonio_yamamoto_ao_kauan_mateus_portela.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/4/decreto_legislativo_542_-_destaque_melhor_idade_fatima_r._bertoluci_lemes.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/43/decreto_legislativo_541_-_regulamenta_lei_licitacao_14133.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/42/decreto_legislativo_540_-_contas_2021.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/41/decreto_legislativo_539_-_autoriza_prefeito_ausenta-se_de_30-11_a_15-12.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/40/decreto_legislativo_538_-_destaque_melhor_idade_ester_e._da_costa_silva.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/39/decreto_legislativo_537_-_premio_cultural_antonio_yamamoto_a_ana_rita_d._dos_santos.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/38/decreto_legislativo_536_-_destaque_melhor_idade_jose_alberto_ambrosini.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/37/decreto_legislativo_535_-_talento_jovem_a_enzo_g.r._da_silva.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/36/decreto_legislativo_534_-_destaque_melhor_idade_reinaldo_crocco_junior.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/35/decreto_legislativo_533_-_premio_cultural_antonio_yamamoto_a_comunidade_samba_de_rua.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/34/decreto_legislativo_532_-_talento_jovem_a_maria_vitoria_l._l._tararam.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/33/decreto_legislativo_531_-_premio_cultural_antonio_yamamoto_rosana_oliveira_diniz.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/32/decreto_legislativo_530_-_premio_cultural_antonio_yamamoto_a_sonia_j._da_silva_oliveira.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/31/decreto_legislativo_529_-_premio_cultural_antonio_yamamoto_a_gisele_c._a._deliberali.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/30/decreto_legislativo_528_-_destaque_melhor_idade_a_valter_de_lara.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/29/decreto_legislativo_527_-_talento_jovem_paola_alexia_p._gomes.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/28/decreto_legislativo_526_-_talento_jovem_felipe_campos_leao.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/27/decreto_legislativo_525_-_premio_cultural_antonio_yamamoto_a_alessandra_avancini_moreau.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/26/decreto_legislativo_524_-_talento_jovem_gabriele_coli.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/25/decreto_legislativo_523_-_destaque_melhor_idade_augusto_bueno.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/24/decreto_legislativo_522_-_talento_jovem_matheus_f._rosa_souza.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/23/decreto_legislativo_521_-_destaque_melhor_idade_mafalda_savassa_rinck.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/22/decreto_legislativo_520_-_talento_jovem_a_valentino_stefaniak_srna.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/21/decreto_legislativo_519_-_premio_cultural_antonio_yamamoto_a_tatiane_c._dos_santos.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/20/decreto_legislativo_518_-_premio_cultural_antonio_yamamoto_a_eric_zorob.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/19/decreto_legislativo_517_-_destaque_melhor_idade_sergio_eduardo_mazzaratt.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/2/decreto_legislativo_516_-_roberval_pedroso_da_silva.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/18/decreto_legislativo_515_-_oscar_bazzo_junior.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/1/decreto_legislativo_514_-_renata_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/3/decreto_legislativo_513_-_lucas_rafael_vieira.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/17/decreto_legislativo_512_-_marcelo_ap_lopes_rodrigues.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/16/decreto_legislativo_511_-_rogerio_coelho_lacerda.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/15/decreto_legislativo_510_-_marcio_yamamoto.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/14/decreto_legislativo_509_-_nivaldo_benedito_de_camargo.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/13/decreto_legislativo_508_-_indiara_puton_dias_de_souza.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/12/decreto_legislativo_507_-_edmilson_correa.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/11/decreto_legislativo_506_-_contas_2020.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9276/dl-2022-505.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9275/dl-2022-504.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9274/dl-2022-503.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9273/dl-2022-502.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9272/dl-2022-501.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9271/dl-2022-500.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9270/dl-2022-499.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9269/dl-2022-498.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9268/dl-2022-497.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9267/dl-2022-496.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9266/dl-2022-495.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9265/dl-2022-494.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9264/dl-2022-493.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9263/dl-2022-492.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9262/dl-2022-491.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9261/dl-2022-490.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9260/dl-2022-489.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9259/dl-2022-488.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9258/dl-2022-487.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9257/dl-2022-486.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9256/dl-2022-485.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1401/decreto_legislativo_484_-_jorge_amarantes_queiroz.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1400/decreto_legislativo_483_-_jane_mary_camargo_dos_anjos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1399/decreto_legislativo_482_-_lucas_aparecido_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1398/decreto_legislativo_481_-_joao_roberto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1397/decreto_legislativo_480_-_nelma_dubois_casagrande_silva.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1396/decreto_legislativo_479_-_francisco_de_oliveira_naves_aguiar.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1395/decreto_legislativo_478_-_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1394/decreto_legislativo_477_-_abiezer_goncalves_lemes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9349/dl-2020-471.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1388/decreto_legislativo_470_-_vinicius_thomazetto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1387/decreto_legislativo_469_-_joao_batista_marques.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1386/decreto_legislativo_468_-_abdo_almacie_tauhil.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1385/decreto_legislativo_467_-_maria_regina_taborda.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1393/decreto_legislativo_476_-_vanusa_mendes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1392/decreto_legislativo_475_-_denes_henrique_da_silva.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1391/decreto_legislativo_474_-_premio_cultural_antonio_yamamoto_ao_grupo_choro_das_tres.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1390/decreto_legislativo_473_-_helerson_rena_cassao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1389/decreto_legislativo_472_-_sergio_mangini_junior.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9348/dl-2020-466.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1384/decreto_465_-_contas_2016.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9347/dl-2020-464.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1383/decreto_legislativo_463_-_talento_jovem_bryan_henrique_b._monteiro.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1382/decreto_legislativo_462_-_talento_jovem_juan_pabllo_souza_amorim.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1381/decreto_legislativo_461_-_destaque_melhor_idade_orlando_zilli.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1380/decreto_legislativo_460_-_destaque_melhor_idade_antonio_alves_da_costa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1379/decreto_legislativo_459_-_destaque_melhor_idade_decio_fernandes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1378/decreto_legislativo_458_-_melhor_idade_cantidio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1377/decreto_legislativo_457_-_talento_jovem_carlos_h._e._da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1376/decreto_legislativo_456_-_talento_jovem_bruno_a._n_._yoshihara.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1375/decreto_legislativo_455_-_talento_jovem_maria_angelica_ortiz.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1374/decreto_legislativo_454_-_nelson_lourenco_junior.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/9346/dl-2019-453.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1373/decreto_legislativo_452_-_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1372/decreto_legislativo_451_-_marlene_cosme_da_silva.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1371/decreto_legislativo_450_-_ana_carla_bastos_nascimento.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1370/decreto_legislativo_449_-_abel_marcelo_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1369/decreto_legislativo_448_-_nadia_maria_marchi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1368/decreto_legislativo_447_-_celio_peixoto_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1367/decreto_legislativo_446_-_marcio_caneli_machado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1366/decreto_legislativo_445_-_anelito_batista_de_paula.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1365/decreto_legislativo_444_-_ricardo_izar_jr.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1364/decreto_legislativo_443_-_claudemir_braz_de_campos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1363/decreto_legislativo_442_-_joelson_dos_santos_gomes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1362/decreto_legislativo_441_-_vera_lucia_castilho_garcia_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1361/decreto_legislativo_440_-_leandro_abilio_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1360/decreto_legislativo_439_-_jovelina_de_meira_araujo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1359/decreto_legislativo_438_-_jacinto_tomaz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1358/decreto_legislativo_437_-_geraldo_f._barbosa_filho.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1357/decreto_legislativo_436_-_elvira_aparecida_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1356/decreto_legislativo_435_-_cap_pm_guilherme_muraro_derrite.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1355/decreto_legislativo_434_-_sidnei_de_souza.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1354/decreto_legislativo_433_-_enoques_bispo_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1353/decreto_legislativo_432_-_abner_pereira_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1352/decreto_legislativo_431_-_igor_alberto_rinck_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1351/decreto_legislativo_430_-_ednilson_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1350/decreto_legislativo_429_-_manoel_david_korn_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1349/decreto_legislativo_428_-_fernanda_carvalho_antunes_fairbanks.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1348/decreto_legislativo_427_-_jorge_wilson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1347/decreto_legislativo_426_-_luiz_antonio_b._dos_santos_-_luizito.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1346/decreto_legislativo_425_-_herculano_passos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/9345/dl-2017-424.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1345/decreto_legislativo_423_-_campos_machado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1344/decreto_legislativo_422_-_manoela_ap_marinho_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1343/decreto_legislativo_421_-_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1342/decreto_legislativo_420_-_irapuan_silva_de_moura.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1341/decreto_legislativo_419_-_contas_2014.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1340/decreto_legislativo_418_-_goncalo_benedito_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1339/decreto_legislativo_417_-_deputado_estadual_chico_sardelli.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1338/decreto_legislativo_416_-_giseli_antunes_deliberali.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1337/decreto_legislativo_415_-_marlene_de_fatima_polonio_sardinha.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1336/decreto_legislativo_414_-_joao_brasilio_da_silva_filho.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1335/decreto_legislativo_413_-_biraja_alves_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1334/decreto_legislativo_412_-_sergio_carlos_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1333/decreto_legislativo_411_-_lia_mara_de_lara_favero_ferreira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1332/decreto_legislativo_410_-_marciele_aparecida_bednarchuk.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1331/decreto_legislativo_409_-_marcelo_andre_leme_de_campos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1330/decreto_legislativo_408_-_valderli_prestes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1329/decreto_legislativo_407_claudia_maria_sampaio_machado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1328/decreto_legislativo_406_-_jose_maria_benicio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1327/decreto_legislativo_405_-_denis_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1326/decreto_legislativo_404_-_antonio_inaico_ribeiro_filho.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1325/decreto_legislativo_403_-_clodoaldo_tiago_montico.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1324/decreto_legislativo_402_-_fernando_cesar_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1323/decreto_legislativo_401_-_rosemeire_bacaro_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1322/decreto_legislativo_400_-_maria_campos_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1321/decreto_legislativo_399_-_adriel_soares_da_silva.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1320/decreto_legislativo_398_-_jair_nabas.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1319/decreto_legislativo_397_-_contas_2013.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1318/decreto_legislativo_396_-_paulo_jose_da_silva_nogueira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1317/decreto_legislativo_395_-_elaine_d._rodrigues_mororo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1316/decreto_legislativo_394_-_benedito_de_jesus_cardeli.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1315/decreto_legislativo_393_-_denise_franguelli_haiashida.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1314/decreto_legislativo_392_-_cassilda_capelini_ercolin.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1313/decreto_legislativo_391_-_sergio_diniz_da_costa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1312/decreto_legislativo_390_jose_marinonio_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1311/decreto_legislativo_389_-_roberto_de_lucena.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1310/decreto_legislativo_388_vanessa_dos_santos_antoneli.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1309/decreto_legislativo_387_maria_ap._faustino.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1308/decreto_legislativo_386_luiz_a._g._de_moura.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1307/decreto_legislativo_385_geraldo_rojas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1306/decreto_legislativo_384_thiago_rodrigo_b._perez_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1305/decreto_legislativo_383_guilherme_ecker_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1304/decreto_legislativo_382_wanderson_de_souza.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1303/decreto_legislativo_381_luiz_alexandre_funari.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1302/decreto_legislativo_380_marcio_g._zangeronimo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1301/decreto_legislativo_379_ciro_pinto_ferreira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1300/decreto_legislativo_378_elizandra_martins.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9344/dl-2015-376.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1299/decreto_legislativo_377_-_wilson_jose_bazzo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9343/dl-2015-375.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9342/dl-2015-374.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9341/dl-2015-373.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1298/decreto_legislativo_372_romeu_da_silva.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1297/decreto_legislativo_371_joao_paulo_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1296/decreto_legislativo_370_marcos_ant_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1295/decreto_legislativo_369_tercia_fabiana_marques.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1294/decreto_legislativo_368_fatima_regina_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1293/decreto_legislativo_367_antonio_portronieri.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1292/decreto_legislativo_366_regiane_de_f_correa_torres.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1291/decreto_legislativo_365_alexsandro_calegari.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1290/decreto_legislativo_364_julio_yamamoto.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9340/dl-2014-363.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1289/decreto_legislativo_361_ricardo_de_macedo_ghiraldi.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1288/decreto_legislativo_360_aristides_messias.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1287/decreto_legislativo_359_ronaldo_castilho.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1286/decreto_legislativo_358_aparecido_battani.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1285/decreto_legislativo_357_murilo_cazagrande.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1284/decreto_legislativo_356_higino_jose_de_sampaio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1283/decreto_legislativo_355_ailton_lopes_honorato.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1282/decreto_legislativo_354_wadi_hiar.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1281/decreto_legislativo_353_alexandre_andre_ramos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1280/decreto_legislativo_352_silvana_carminhola_del_prete.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1279/decreto_legislativo_351_vera_lucia_maria_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1278/decreto_legislativo_350_paulo_moreno.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1277/decreto_legislativo_349_sonia_jaq._da_silva_oliveira.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1276/decreto_legislativo_348_celio_manteze.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1275/decreto_legislativo_347_pastor_helio_santana_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9339/dl-2014-346.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1274/decreto_legislativo_345_contas_2011.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9338/dl-2013-344.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9337/dl-2013-343.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9336/dl-2013-342.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1273/decreto_legislativo_341_maria_izabel_da_silva.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1272/decreto_legislativo_340_durval_calegari_coan.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1271/decreto_legislativo_339_marcio_garcia_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9335/dl-2013-338.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1270/decreto_legislativo_337_paulo_henrique_segato.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1269/decreto_legislativo_336_lazara_ma_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1268/decreto_legislativo_335_roberto_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1267/decreto_legislativo_334_mariza_gomes_s_costa.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1266/decreto_legislativo_333_maria_lucia_amary.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1265/decreto_legislativo_332_paulo_lebeis_bonfim.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1264/decreto_legislativo_331_maria_b_polaz.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1263/decreto_legislativo_330_jamil_virgilio_peregrino.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1262/decreto_legislativo_329_orlando_carlos_rossi.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1261/decreto_legislativo_328_luiz_carlos_da_s._muniz_jr.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1260/decreto_legislativo_327_osvaldo_verginio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9334/dl-2013-326.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1259/decreto_legislativo_325_fernanda_g._guarnieri_leite.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1258/decreto_legislativo_324_helvecio_s_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1403/decreto_legislativo_326_antonio_carlos_rodolpho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1257/decreto_legislativo_323_mauricio_sampaio_cazagrande.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9333/dl-2013-322.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1256/decreto_legislativo_320_carlos_carvalho_cavalheiro.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1255/decreto_legislativo_319_-_contas_2010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1254/decreto_legislativo_318_nicodemos_emidio_de_melo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1253/decreto_legislativo_317_paulo_ricardo_bassul.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1252/decreto_legislativo_316_betuel_martins_dias.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1251/decreto_legislativo_315_ednilson_de_jesus_macedo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9332/dl-2012-314.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9331/dl-2012-313.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1250/decreto_legislativo_312_fernando_cesar_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9330/dl-2012-311.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9329/dl-2012-310.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1249/decreto_legislativo_309_gilson_marinonio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1248/decreto_legislativo_308_daniela_angelieri.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1247/decreto_legislativo_307_claudio_maffei.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1246/decreto_legislativo_306_nilson_araujo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9328/dl-2012-305.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1245/decreto_legislativo_304_mario_sgariboldi.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1244/decreto_legislativo_303_pedro_pimenta_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1243/decreto_legislativo_302_helio_paludeto_jr.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1242/decreto_legislativo_301_marco_ant_campos_vieira.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1241/decreto_legislativo_300_sessao_solene_consciencia_negra.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1240/decreto_legislativo_299_professor_tuto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1239/decreto_legislativo_298_pedro_bento.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1238/decreto_legislativo_297_lia_meyer_ferreira.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1237/decreto_legislativo_296_elisa_meyer_ferreira.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1236/decreto_legislativo_295_corina_meyer_ferreira.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1235/decreto_legislativo_294_miguel_arcanjo_franca.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1234/decreto_legislativo_293_nadir_de_oliveira_pedroso.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1233/decreto_legislativo_292_valeria_lopes_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1232/decreto_legislativo_291_padre_washington_pascoal_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1231/decreto_legislativo_290_marcia_c_gimenes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1230/decreto_legislativo_289_ives_manoel_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1229/decreto_legislativo_288_gleisson_fonseca_covos.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1228/decreto_legislativo_287_emerson_de_aguiar.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1227/decreto_legislativo_286_joana_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1226/decreto_legislativo_285_ezequiel_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1225/decreto_legislativo_284_jose_batista_da_silva.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1224/decreto_legislativo_283_laura_de_souza_maurino.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9327/dl-2012-282.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9326/dl-2012-281.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1223/decreto_legislativo_280_ana_lucia_boscolo_branquinho.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1222/decreto_legislativo_279_eli_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9325/dl-2012-278.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1221/decreto_legislativo_277_mariana_rodrigues_martins.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1220/decreto_legislativo_276_otoniel_antonio_alexandrino.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1219/decreto_legislativo_275_edson_palmieri.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1218/decreto_legislativo_274_antonio_francisco_nogueira_jr.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1217/decreto_legislativo_273_ana_paulo_fontolan_de_campos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1216/decreto_legislativo_272_rodrigo_fontolan.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1215/decreto_legislativo_271_luiz_fontolan.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1214/decreto_legislativo_270_sergio_mangini_junior.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1213/decreto_legislativo_269_herminio_rodrigues_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1212/decreto_legislativo_268_luiz_e_tempesta_in_memorian.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1211/decreto_legislativo_267_francisco_melo_de_matos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1210/decreto_legislativo_266_edir_de_matos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1209/decreto_legislativo_265_arnaldo_ricardo_franco_bueno.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1208/decreto_legislativo_264_renato_benedetti.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1207/decreto_legislativo_263_patricia_rosa_maffei.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1206/decreto_legislativo_262__sidnei_dias.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1205/decreto_legislativo_261_cassilda_micheti_moreli.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1204/decreto_legislativo_260_aparecido_neves_de_souza.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1203/decreto_legislativo_259_celia_gomes_vicentini_martins.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1202/decreto_legislativo_258_carlos_alberto_melare.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1201/decreto_legislativo_257_angelo_carlos_miguel.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1200/decreto_legislativo_256_shirley_maria_da_silva.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1199/decreto_legislativo_255_dorival_melguizo_ramos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1198/decreto_legislativo_254_jose_joao_da_silva.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1197/decreto_legislativo_253_sergio_eduardo_massaratt.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1196/decreto_legislativo_252_isabel_c_rodrigues_alves.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1195/decreto_legislativo_251_alderico_prestes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1194/decreto_legislativo_250_antonio_afonso_melare.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1193/decreto_legislativo_249_maria_angelica_ortiz.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1192/decreto_legislativo_248_marina_grosso_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1191/decreto_legislativo_247_laura_righetto.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9324/dl-2011-246.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1190/decreto_legislativo_245_cria_acervo_da_camara.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1189/decreto_legislativo_244_jose_quirino_schettini.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1188/decreto_legislativo_243_osmil_nabas.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1187/decreto_legislativo_242_devanir_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1186/decreto_legislativo_241_edilson_aparecido_franco.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1185/decreto_legislativo_240_reinaldo_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1184/decreto_legislativo_239_duildo_branzani.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1183/decreto_legislativo_238_jose_nelson_fakri.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1182/decreto_legislativo_237_maria_de_lourdes_k_amaral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1181/decreto_legislativo_236_maria_cristina_prado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1180/decreto_legislativo_235_paulo_alves.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1179/decreto_legislativo_234_franz_cassius_troll.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1178/decreto_legislativo_233_moises_a._andrade.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1177/decreto_legislativo_232_odair_domingues.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1176/decreto_legislativo_231_edilton_gomes_teixeira.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1175/decreto_legislativo_230_nelson_tabaro.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1174/decreto_legislativo_229_joao_carlos_keiler.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9323/dl-2011-228.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9322/dl-2010-227.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1173/decreto_legislativo_226_padre_antonio_carlos_fernandes.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1172/decreto_legislativo_225_maria_jose_soares_ayres.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1171/decreto_legislativo_224_contas_2008.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1170/decreto_legislativo_223_benedito_raimundo_batista.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1169/decreto_legislativo_222_eliza_rafaine_maurino.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1168/decreto_legislativo_221_dirce_cernichiaro_oliveira.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1167/decreto_legislativo_220_maria_tereza_morales_sangeronimo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1166/decreto_legislativo_219_joao_esquerdo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1165/decreto_legislativo_218_luiz_gonzaga_tauhyl.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1164/decreto_legislativo_217_jorge_panserini.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1163/decreto_legislativo_216_helio_de_barros.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1162/decreto_legislativo_215_luiz_da_silva_bueno.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1161/decreto_legislativo_214_celso_tristao_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1160/decreto_legislativo_213_silvio_tristao_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1159/decreto_legislativo_212_tereza_monteiro.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1158/decreto_legislativo_211_paulo_kaneichi.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1157/decreto_legislativo_210_coronel_vander_simeira.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1156/decreto_legislativo_209_-_aloizio_mercadante.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1155/decreto_legislativo_208_contas_2007.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1154/decreto_legislativo_207_carlos_jose_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1153/decreto_legislativo_206_celso_avancini_jr.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9321/dl-2009-205.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9320/dl-2009-204.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1152/decreto_legislativo_203_joao_luiz_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1151/decreto_legislativo_202_claudimir_aparecido_causin.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1150/decreto_legislativo_201_jose_eud_antunes.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1149/decreto_legislativo_200_sedirley_rugolo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1148/decreto_legislativo_199_rubens_campanhao.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1147/decreto_legislativo_198_joao_batista_ercolin.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1146/decreto_legislativo_197_maria_tereza_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1145/decreto_legislativo_196_afonso_celsun_de_arruda.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1143/decreto_legislativo_194_antonio_beda_ferreira.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1142/decreto_legislativo_193_rubens_camilo_pinto.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1141/decreto_legislativo_192_jurema_de_freitas_b._hagen.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1140/decreto_legislativo_191_mafalda_savassa_rinck.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1139/decreto_legislativo_190_claudio_sampaio_torres.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1138/decreto_legislativo_189_iara_bernardi.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1137/decreto_legislativo_188_rita_passos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1136/decreto_legislativo_187_dr._crocco.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1135/decreto_legislativo_186_geraldo_alckmin.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1134/decreto_legislativo_185_sergio_benedicto_assumpcao.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1133/decreto_legislativo_184_etelvina_rosseto_rafael.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1132/decreto_legislativo_183_orlando_silvestre.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1131/decreto_legislativo_182_zulma_nahum.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1130/decreto_legislativo_181_clovis_santinon.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1129/decreto_legislativo_180_neusa_maria_barbosa.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1128/decreto_legislativo_179_contas_2006.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1127/decreto_legislativo_178_osmir_minelli.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1126/decreto_legislativo_177_orlanda_f_polaz.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1125/decreto_legislativo_176_jose_hawilla.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1124/decreto_legislativo_175_maria_angelica_boscolo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1123/decreto_legislativo_174_shigeo_uchiwa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1122/decreto_legislativo_173_joao_martinez.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1121/dl000172.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9319/dl-2008-171.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1120/decreto_legislativo_170_joao_cesar_f_stetner.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1119/decreto_legislativo_169_sebastiao_nunes_m_fo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1118/decreto_legislativo_168_jose_antonio_vieira.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1117/decreto_legislativo_167_esmeraldo_crocco.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1116/decreto_legislativo_166_contas_2005.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1115/decreto_legislativo_165_filomena__fontana.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9318/dl-2007-164.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9317/dl-2007-163.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1114/decreto_legislativo_162_ilda_souza_leite_d._antonia0.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1113/decreto_legislativo_161_ricardo_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1112/decreto_legislativo_160_orlando_zilli.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1111/decreto_legislativo_159_xyco_do_saae.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1109/decreto_legislativo_158_everaldo_l._monteiro.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1110/decreto_legislativo_158_everaldo_l._monteiro.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1108/decreto_legislativo_157_policial_tony_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9316/dl-2007-156.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1107/decreto_legislativo_155_fernando_simioni.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1106/decreto_legislativo_154_decio_fernandes.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1105/decreto_legislativo_153_maria_do_gabinete.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1104/dl000152.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1103/dl000151.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1102/dl000150.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1101/dl000149.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1100/dl000148.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1099/dl000147.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1098/dl000146.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1097/dl000145.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1096/dl000144.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1095/dl000143.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1094/dl000142.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1093/dl000141.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1092/dl000140.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1091/dl000139.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1090/dl000138.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1089/dl000137.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1088/dl000136.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1087/dl000135.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1086/dl000134.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1085/dl000133.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1084/dl000132.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1083/dl000131.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1082/dl000130.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1081/dl000129.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1080/dl000128.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1079/dl000127.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1078/dl000126.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1077/dl000125.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1076/dl000124.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1075/dl000123.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1074/dl000122.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1073/dl000121.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1071/dl000119.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1070/dl000118.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1069/dl000117.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1068/dl000116.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1067/dl000115.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1066/dl000114.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1065/dl000113.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9315/dl-2003-112.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1064/dl000111.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1063/dl000110.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1072/dl000120.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1062/dl000109.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1061/dl000108.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1060/dl000107.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1059/dl000106.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1058/dl000105.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1057/dl000104.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1056/dl000103.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1055/dl000102.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1054/dl000101.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9314/dl-2001-100.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1053/dl00099.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1052/dl00098.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1051/dl00097.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1050/dl00096.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/1049/dl00095.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/9313/dl-2000-94.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1048/dl00093.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1047/dl00092.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1046/dl00091.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1045/dl00090.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1044/dl00089.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1043/dl00088.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1042/dl00087.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1041/dl00086.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/1040/dl00085.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/9312/dl-1996-84.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1039/dl00083.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1038/dl00082.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1037/dl00081.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1036/dl00080.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1035/dl00079.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1034/dl00078.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1033/dl00077.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1032/dl00076.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1031/dl00075.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1030/dl00074.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1029/dl00073.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1028/dl00072.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1027/dl00071.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1026/dl00070.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1025/dl00069.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1024/dl00068.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1023/dl00067.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1022/dl00066.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1021/dl00065.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1020/dl00064.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1019/dl00063.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1018/dl00062.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1017/dl00061.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1016/dl00060.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1015/dl00059.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1014/dl00058.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1013/dl00057.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1012/dl00056.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1011/dl00055.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1010/dl00054.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1009/dl00053.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1008/dl00052.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1007/dl00051.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1006/dl00050.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1005/dl00049.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1004/dl00048.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1003/dl00047.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1002/dl00046.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1001/dl00045.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1000/dl00044.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/999/dl00043.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/998/dl00042.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/997/dl00041.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/996/dl00040.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/995/dl00039.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/994/dl00038.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/993/dl00037.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/992/dl00036.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/991/dl00035.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/990/dl00034.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/989/dl00033.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/988/dl00032.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/987/dl00031.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/986/dl00030.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/985/dl00029.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/984/dl00028.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/983/dl00027.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/982/dl00026.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/981/dl00025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/980/dl00024.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/979/dl00023.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/978/dl00022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/977/dl00021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/975/dl00019.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/976/dl00020.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/974/dl00018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/973/dl00017.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/972/dl00016.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/971/dl00015.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/970/dl00014.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/969/dl00013.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/968/dl00012.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/967/dl00011.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/966/dl00010.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/965/dl0009.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/964/dl0008.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/963/dl0007.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/962/dl0006.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/961/dl0005.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/960/dl0004.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/959/dl0003.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/958/dl0002.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/957/dl0001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9423/decreto_legislativo_no609-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9420/decreto_legislativo_608.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9416/decreto_607.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9415/decreto_606.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9414/decreto_605.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9413/decreto_604.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9412/decreto_603.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9410/decreto_legislativo_602-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9409/decreto_legislativo_601-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9408/decreto_legislativo_600-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9407/decreto_legislativo_599-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9406/decreto_legislativo_598-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9405/decreto_legislativo_597-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9404/decreto_legislativo_596-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9402/decreto_legislativo_594-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9401/decreto_legislativo_593-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9400/decreto_legislativo_592-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9398/decreto_legislativo_591_-_talento_jovem_maria_clara_cruz_affonso.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9397/decreto_legislativo_590_-_premio_cultural_banda_unidos_do_apae.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9396/decreto_legislativo_589_-_melhor_idade_jonadir_dos_santos_menegon.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9395/decreto_legislativo_588_-_melhor_idade_maria_alcidina_bueno_correa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9394/decreto_legislativo_587_-_cidada_honoraria_thayana_montico_carlos_zanella.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9393/decreto_legislativo_586_-_premio_cultural_ricardo_de_macedo_ghiraldi.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9392/decreto_legislativo_585_-_talento_jovem_samuel_mesquita_carvalho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9391/decreto_legislativo_584_-_cidadao_honorario_ezequiel_pedrozo_luciano.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9390/decreto_legislativo_583_-_premio_cultural_a_banda_tua_face.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9389/decreto_legislativo_582_-_titulo_de_cidadao_portofelicense_josiel_gregorio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9388/decreto_legislativo_581_-_talento_jovem_caua_de_souza_nunes.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9387/decreto_legislativo_580_-_cidadao_honorario_odair_a_lara_jr.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9386/decreto_legislativo_579_-_premio_cultural_ao_studio_solydance.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9385/decreto_legislativo_578_-_talento_jovem_maria_eduarda_perotti.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9384/decreto_legislativo_577_-_premio_cultural_a_odila_fernandes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9383/decreto_legislativo_576_-_destaque_melhor_idade_aparicio_j_bandeira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9382/decreto_legislativo_575_-_destaque_melhor_idade_maria_l_a_trentin_zilli.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9377/decreto_legislativo_574_-_talento_jovem_alice_batista.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9198/decreto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6086/decreto_legislativo_572_-_cidada_porto-felicense_a_sheyla_martins_muniz.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/955/decreto_legislativo_571_-_premio_cultural_antonio_yamamoto_a_jessica_leroy.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/954/decreto_legislativo_570_-_premio_cultural_antonio_yamamoto_a_andreia_miranda_de_m._nascimento.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/953/decreto_legislativo_569_-_destaque_da_melhor_idade_ao_francisco_p._santos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/952/decreto_legislativo_568_-_talento_jovem_ao_caua_almeida_f._alves.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/951/decreto_legislativo_567_-_cidadao_porto-felicense_ao_camilo_lellis.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/950/decreto_legislativo_566_-_cidadao_honorario_ao_clayton_carlos_s._correa.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/949/decreto_legislativo_565_-_destaque_da_melhor_idade_ao_robson_de_jesus_sana.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/59/decreto_legislativo_564_-_premio_cultural_antonio_yamamoto_ao_gilson_geraldo.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/58/decreto_legislativo_563_-_destaque_da_melhor_idade_ao_donizete_aparecido_rodrigues.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/57/decreto_legislativo_562_-_premio_cultural_antonio_yamamoto_ao_paulo_henrique_c._de_oiveira.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/56/decreto_legislativo_561_-_cidadao_porto-felicense_ao_severino_bento_domingos.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/55/decreto_legislativo_560_-_talento_jovem_ao_gustavo_henrique_da_rocha.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/54/decreto_legislativo_559_-_premio_cultural_antonio_yamamoto_ao_nilson_teruel.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/53/decreto_legislativo_558_-_destaque_da_melhor_idade_ao_roberto_prestes_de_souza.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/52/decreto_legislativo_557_-_destaque_da_melhor_idade_a_celina_aparecida_b._sampaio.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/51/decreto_legislativo_556_-_cidadao_porto-felicense_ao_gabriel_das_neves_b._costa.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/50/decreto_legislativo_555_-_cidadao_honorario_ao_carlos_eduardo_segatto_l._de_santana.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/49/decreto_legislativo_554_-_talento_jovem_ao_joao_paulo_a._anjos.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/48/decreto_legislativo_553_-_cidadao_porto-felicense_ao_luciano_batista_barros.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/47/decreto_legislativo_552_-_cidadao_honorario_ao_julio_antonio_mietto.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/46/decreto_legislativo_551_-_cidadao_porto-felicense_ao_emerson_munhoz.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/45/decreto_legislativo_550_-_destaque_da_melhor_idade_ao_benedito_pascoal_waltre.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/44/decreto_legislativo_549_-_talento_jovem_ao_lucas_otavio_c._manoel.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/10/decreto_legislativo_548_-_destaque_melhor_idade_mercia_marques_de_souza.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/9/decreto_legislativo_547_-_premio_cultural_antonio_yamamoto_ao_rogerio_taveira_da_silva.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8/decreto_legislativo_546_-_talento_jovem_ao_lucas_mas_maciel.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/7/decreto_legislativo_545_-_talento_jovem_a_alice_vaz_rando.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/6/decreto_legislativo_544_-_cidada_honoraria_a_marli_francisca_carezia_gibim.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/5/decreto_legislativo_543_-_premio_cultural_antonio_yamamoto_ao_kauan_mateus_portela.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/4/decreto_legislativo_542_-_destaque_melhor_idade_fatima_r._bertoluci_lemes.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/43/decreto_legislativo_541_-_regulamenta_lei_licitacao_14133.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/42/decreto_legislativo_540_-_contas_2021.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/41/decreto_legislativo_539_-_autoriza_prefeito_ausenta-se_de_30-11_a_15-12.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/40/decreto_legislativo_538_-_destaque_melhor_idade_ester_e._da_costa_silva.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/39/decreto_legislativo_537_-_premio_cultural_antonio_yamamoto_a_ana_rita_d._dos_santos.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/38/decreto_legislativo_536_-_destaque_melhor_idade_jose_alberto_ambrosini.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/37/decreto_legislativo_535_-_talento_jovem_a_enzo_g.r._da_silva.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/36/decreto_legislativo_534_-_destaque_melhor_idade_reinaldo_crocco_junior.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/35/decreto_legislativo_533_-_premio_cultural_antonio_yamamoto_a_comunidade_samba_de_rua.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/34/decreto_legislativo_532_-_talento_jovem_a_maria_vitoria_l._l._tararam.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/33/decreto_legislativo_531_-_premio_cultural_antonio_yamamoto_rosana_oliveira_diniz.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/32/decreto_legislativo_530_-_premio_cultural_antonio_yamamoto_a_sonia_j._da_silva_oliveira.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/31/decreto_legislativo_529_-_premio_cultural_antonio_yamamoto_a_gisele_c._a._deliberali.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/30/decreto_legislativo_528_-_destaque_melhor_idade_a_valter_de_lara.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/29/decreto_legislativo_527_-_talento_jovem_paola_alexia_p._gomes.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/28/decreto_legislativo_526_-_talento_jovem_felipe_campos_leao.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/27/decreto_legislativo_525_-_premio_cultural_antonio_yamamoto_a_alessandra_avancini_moreau.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/26/decreto_legislativo_524_-_talento_jovem_gabriele_coli.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/25/decreto_legislativo_523_-_destaque_melhor_idade_augusto_bueno.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/24/decreto_legislativo_522_-_talento_jovem_matheus_f._rosa_souza.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/23/decreto_legislativo_521_-_destaque_melhor_idade_mafalda_savassa_rinck.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/22/decreto_legislativo_520_-_talento_jovem_a_valentino_stefaniak_srna.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/21/decreto_legislativo_519_-_premio_cultural_antonio_yamamoto_a_tatiane_c._dos_santos.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/20/decreto_legislativo_518_-_premio_cultural_antonio_yamamoto_a_eric_zorob.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/19/decreto_legislativo_517_-_destaque_melhor_idade_sergio_eduardo_mazzaratt.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/2/decreto_legislativo_516_-_roberval_pedroso_da_silva.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/18/decreto_legislativo_515_-_oscar_bazzo_junior.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/1/decreto_legislativo_514_-_renata_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/3/decreto_legislativo_513_-_lucas_rafael_vieira.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/17/decreto_legislativo_512_-_marcelo_ap_lopes_rodrigues.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/16/decreto_legislativo_511_-_rogerio_coelho_lacerda.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/15/decreto_legislativo_510_-_marcio_yamamoto.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/14/decreto_legislativo_509_-_nivaldo_benedito_de_camargo.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/13/decreto_legislativo_508_-_indiara_puton_dias_de_souza.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/12/decreto_legislativo_507_-_edmilson_correa.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/11/decreto_legislativo_506_-_contas_2020.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9276/dl-2022-505.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9275/dl-2022-504.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9274/dl-2022-503.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9273/dl-2022-502.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9272/dl-2022-501.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9271/dl-2022-500.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9270/dl-2022-499.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9269/dl-2022-498.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9268/dl-2022-497.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9267/dl-2022-496.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9266/dl-2022-495.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9265/dl-2022-494.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9264/dl-2022-493.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9263/dl-2022-492.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9262/dl-2022-491.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9261/dl-2022-490.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9260/dl-2022-489.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9259/dl-2022-488.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9258/dl-2022-487.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9257/dl-2022-486.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/9256/dl-2022-485.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1401/decreto_legislativo_484_-_jorge_amarantes_queiroz.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1400/decreto_legislativo_483_-_jane_mary_camargo_dos_anjos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1399/decreto_legislativo_482_-_lucas_aparecido_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1398/decreto_legislativo_481_-_joao_roberto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1397/decreto_legislativo_480_-_nelma_dubois_casagrande_silva.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1396/decreto_legislativo_479_-_francisco_de_oliveira_naves_aguiar.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1395/decreto_legislativo_478_-_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/1394/decreto_legislativo_477_-_abiezer_goncalves_lemes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9349/dl-2020-471.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1388/decreto_legislativo_470_-_vinicius_thomazetto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1387/decreto_legislativo_469_-_joao_batista_marques.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1386/decreto_legislativo_468_-_abdo_almacie_tauhil.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1385/decreto_legislativo_467_-_maria_regina_taborda.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1393/decreto_legislativo_476_-_vanusa_mendes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1392/decreto_legislativo_475_-_denes_henrique_da_silva.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1391/decreto_legislativo_474_-_premio_cultural_antonio_yamamoto_ao_grupo_choro_das_tres.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1390/decreto_legislativo_473_-_helerson_rena_cassao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1389/decreto_legislativo_472_-_sergio_mangini_junior.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9348/dl-2020-466.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/1384/decreto_465_-_contas_2016.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/9347/dl-2020-464.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1383/decreto_legislativo_463_-_talento_jovem_bryan_henrique_b._monteiro.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1382/decreto_legislativo_462_-_talento_jovem_juan_pabllo_souza_amorim.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1381/decreto_legislativo_461_-_destaque_melhor_idade_orlando_zilli.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1380/decreto_legislativo_460_-_destaque_melhor_idade_antonio_alves_da_costa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1379/decreto_legislativo_459_-_destaque_melhor_idade_decio_fernandes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1378/decreto_legislativo_458_-_melhor_idade_cantidio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1377/decreto_legislativo_457_-_talento_jovem_carlos_h._e._da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1376/decreto_legislativo_456_-_talento_jovem_bruno_a._n_._yoshihara.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1375/decreto_legislativo_455_-_talento_jovem_maria_angelica_ortiz.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1374/decreto_legislativo_454_-_nelson_lourenco_junior.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/9346/dl-2019-453.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1373/decreto_legislativo_452_-_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1372/decreto_legislativo_451_-_marlene_cosme_da_silva.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1371/decreto_legislativo_450_-_ana_carla_bastos_nascimento.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1370/decreto_legislativo_449_-_abel_marcelo_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1369/decreto_legislativo_448_-_nadia_maria_marchi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1368/decreto_legislativo_447_-_celio_peixoto_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1367/decreto_legislativo_446_-_marcio_caneli_machado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1366/decreto_legislativo_445_-_anelito_batista_de_paula.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1365/decreto_legislativo_444_-_ricardo_izar_jr.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1364/decreto_legislativo_443_-_claudemir_braz_de_campos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1363/decreto_legislativo_442_-_joelson_dos_santos_gomes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1362/decreto_legislativo_441_-_vera_lucia_castilho_garcia_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1361/decreto_legislativo_440_-_leandro_abilio_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1360/decreto_legislativo_439_-_jovelina_de_meira_araujo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1359/decreto_legislativo_438_-_jacinto_tomaz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1358/decreto_legislativo_437_-_geraldo_f._barbosa_filho.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1357/decreto_legislativo_436_-_elvira_aparecida_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/1356/decreto_legislativo_435_-_cap_pm_guilherme_muraro_derrite.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1355/decreto_legislativo_434_-_sidnei_de_souza.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1354/decreto_legislativo_433_-_enoques_bispo_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1353/decreto_legislativo_432_-_abner_pereira_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1352/decreto_legislativo_431_-_igor_alberto_rinck_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1351/decreto_legislativo_430_-_ednilson_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1350/decreto_legislativo_429_-_manoel_david_korn_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1349/decreto_legislativo_428_-_fernanda_carvalho_antunes_fairbanks.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/1348/decreto_legislativo_427_-_jorge_wilson.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1347/decreto_legislativo_426_-_luiz_antonio_b._dos_santos_-_luizito.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1346/decreto_legislativo_425_-_herculano_passos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/9345/dl-2017-424.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1345/decreto_legislativo_423_-_campos_machado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1344/decreto_legislativo_422_-_manoela_ap_marinho_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1343/decreto_legislativo_421_-_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/1342/decreto_legislativo_420_-_irapuan_silva_de_moura.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1341/decreto_legislativo_419_-_contas_2014.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1340/decreto_legislativo_418_-_goncalo_benedito_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1339/decreto_legislativo_417_-_deputado_estadual_chico_sardelli.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1338/decreto_legislativo_416_-_giseli_antunes_deliberali.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1337/decreto_legislativo_415_-_marlene_de_fatima_polonio_sardinha.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1336/decreto_legislativo_414_-_joao_brasilio_da_silva_filho.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1335/decreto_legislativo_413_-_biraja_alves_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1334/decreto_legislativo_412_-_sergio_carlos_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1333/decreto_legislativo_411_-_lia_mara_de_lara_favero_ferreira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1332/decreto_legislativo_410_-_marciele_aparecida_bednarchuk.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1331/decreto_legislativo_409_-_marcelo_andre_leme_de_campos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1330/decreto_legislativo_408_-_valderli_prestes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1329/decreto_legislativo_407_claudia_maria_sampaio_machado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1328/decreto_legislativo_406_-_jose_maria_benicio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1327/decreto_legislativo_405_-_denis_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1326/decreto_legislativo_404_-_antonio_inaico_ribeiro_filho.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1325/decreto_legislativo_403_-_clodoaldo_tiago_montico.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1324/decreto_legislativo_402_-_fernando_cesar_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1323/decreto_legislativo_401_-_rosemeire_bacaro_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1322/decreto_legislativo_400_-_maria_campos_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1321/decreto_legislativo_399_-_adriel_soares_da_silva.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1320/decreto_legislativo_398_-_jair_nabas.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/1319/decreto_legislativo_397_-_contas_2013.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1318/decreto_legislativo_396_-_paulo_jose_da_silva_nogueira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1317/decreto_legislativo_395_-_elaine_d._rodrigues_mororo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1316/decreto_legislativo_394_-_benedito_de_jesus_cardeli.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1315/decreto_legislativo_393_-_denise_franguelli_haiashida.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1314/decreto_legislativo_392_-_cassilda_capelini_ercolin.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1313/decreto_legislativo_391_-_sergio_diniz_da_costa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1312/decreto_legislativo_390_jose_marinonio_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1311/decreto_legislativo_389_-_roberto_de_lucena.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1310/decreto_legislativo_388_vanessa_dos_santos_antoneli.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1309/decreto_legislativo_387_maria_ap._faustino.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1308/decreto_legislativo_386_luiz_a._g._de_moura.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1307/decreto_legislativo_385_geraldo_rojas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1306/decreto_legislativo_384_thiago_rodrigo_b._perez_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1305/decreto_legislativo_383_guilherme_ecker_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1304/decreto_legislativo_382_wanderson_de_souza.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1303/decreto_legislativo_381_luiz_alexandre_funari.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1302/decreto_legislativo_380_marcio_g._zangeronimo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1301/decreto_legislativo_379_ciro_pinto_ferreira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1300/decreto_legislativo_378_elizandra_martins.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9344/dl-2015-376.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/1299/decreto_legislativo_377_-_wilson_jose_bazzo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9343/dl-2015-375.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9342/dl-2015-374.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9341/dl-2015-373.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1298/decreto_legislativo_372_romeu_da_silva.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1297/decreto_legislativo_371_joao_paulo_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1296/decreto_legislativo_370_marcos_ant_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1295/decreto_legislativo_369_tercia_fabiana_marques.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1294/decreto_legislativo_368_fatima_regina_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1293/decreto_legislativo_367_antonio_portronieri.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1292/decreto_legislativo_366_regiane_de_f_correa_torres.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1291/decreto_legislativo_365_alexsandro_calegari.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1290/decreto_legislativo_364_julio_yamamoto.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9340/dl-2014-363.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1289/decreto_legislativo_361_ricardo_de_macedo_ghiraldi.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1288/decreto_legislativo_360_aristides_messias.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1287/decreto_legislativo_359_ronaldo_castilho.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1286/decreto_legislativo_358_aparecido_battani.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1285/decreto_legislativo_357_murilo_cazagrande.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1284/decreto_legislativo_356_higino_jose_de_sampaio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1283/decreto_legislativo_355_ailton_lopes_honorato.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1282/decreto_legislativo_354_wadi_hiar.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1281/decreto_legislativo_353_alexandre_andre_ramos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1280/decreto_legislativo_352_silvana_carminhola_del_prete.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1279/decreto_legislativo_351_vera_lucia_maria_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1278/decreto_legislativo_350_paulo_moreno.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1277/decreto_legislativo_349_sonia_jaq._da_silva_oliveira.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1276/decreto_legislativo_348_celio_manteze.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/1275/decreto_legislativo_347_pastor_helio_santana_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9339/dl-2014-346.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1274/decreto_legislativo_345_contas_2011.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9338/dl-2013-344.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9337/dl-2013-343.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9336/dl-2013-342.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1273/decreto_legislativo_341_maria_izabel_da_silva.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1272/decreto_legislativo_340_durval_calegari_coan.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1271/decreto_legislativo_339_marcio_garcia_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9335/dl-2013-338.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1270/decreto_legislativo_337_paulo_henrique_segato.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1269/decreto_legislativo_336_lazara_ma_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1268/decreto_legislativo_335_roberto_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1267/decreto_legislativo_334_mariza_gomes_s_costa.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1266/decreto_legislativo_333_maria_lucia_amary.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1265/decreto_legislativo_332_paulo_lebeis_bonfim.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1264/decreto_legislativo_331_maria_b_polaz.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1263/decreto_legislativo_330_jamil_virgilio_peregrino.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1262/decreto_legislativo_329_orlando_carlos_rossi.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1261/decreto_legislativo_328_luiz_carlos_da_s._muniz_jr.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1260/decreto_legislativo_327_osvaldo_verginio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9334/dl-2013-326.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1259/decreto_legislativo_325_fernanda_g._guarnieri_leite.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1258/decreto_legislativo_324_helvecio_s_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1403/decreto_legislativo_326_antonio_carlos_rodolpho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1257/decreto_legislativo_323_mauricio_sampaio_cazagrande.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9333/dl-2013-322.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/1256/decreto_legislativo_320_carlos_carvalho_cavalheiro.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1255/decreto_legislativo_319_-_contas_2010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1254/decreto_legislativo_318_nicodemos_emidio_de_melo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1253/decreto_legislativo_317_paulo_ricardo_bassul.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1252/decreto_legislativo_316_betuel_martins_dias.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1251/decreto_legislativo_315_ednilson_de_jesus_macedo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9332/dl-2012-314.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9331/dl-2012-313.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1250/decreto_legislativo_312_fernando_cesar_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9330/dl-2012-311.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9329/dl-2012-310.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1249/decreto_legislativo_309_gilson_marinonio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1248/decreto_legislativo_308_daniela_angelieri.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1247/decreto_legislativo_307_claudio_maffei.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1246/decreto_legislativo_306_nilson_araujo.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9328/dl-2012-305.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1245/decreto_legislativo_304_mario_sgariboldi.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1244/decreto_legislativo_303_pedro_pimenta_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1243/decreto_legislativo_302_helio_paludeto_jr.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1242/decreto_legislativo_301_marco_ant_campos_vieira.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1241/decreto_legislativo_300_sessao_solene_consciencia_negra.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1240/decreto_legislativo_299_professor_tuto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1239/decreto_legislativo_298_pedro_bento.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1238/decreto_legislativo_297_lia_meyer_ferreira.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1237/decreto_legislativo_296_elisa_meyer_ferreira.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1236/decreto_legislativo_295_corina_meyer_ferreira.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1235/decreto_legislativo_294_miguel_arcanjo_franca.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1234/decreto_legislativo_293_nadir_de_oliveira_pedroso.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1233/decreto_legislativo_292_valeria_lopes_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1232/decreto_legislativo_291_padre_washington_pascoal_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1231/decreto_legislativo_290_marcia_c_gimenes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1230/decreto_legislativo_289_ives_manoel_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1229/decreto_legislativo_288_gleisson_fonseca_covos.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1228/decreto_legislativo_287_emerson_de_aguiar.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1227/decreto_legislativo_286_joana_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1226/decreto_legislativo_285_ezequiel_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1225/decreto_legislativo_284_jose_batista_da_silva.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1224/decreto_legislativo_283_laura_de_souza_maurino.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9327/dl-2012-282.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9326/dl-2012-281.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1223/decreto_legislativo_280_ana_lucia_boscolo_branquinho.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/1222/decreto_legislativo_279_eli_martins_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9325/dl-2012-278.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1221/decreto_legislativo_277_mariana_rodrigues_martins.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1220/decreto_legislativo_276_otoniel_antonio_alexandrino.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1219/decreto_legislativo_275_edson_palmieri.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1218/decreto_legislativo_274_antonio_francisco_nogueira_jr.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1217/decreto_legislativo_273_ana_paulo_fontolan_de_campos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1216/decreto_legislativo_272_rodrigo_fontolan.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1215/decreto_legislativo_271_luiz_fontolan.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1214/decreto_legislativo_270_sergio_mangini_junior.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1213/decreto_legislativo_269_herminio_rodrigues_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1212/decreto_legislativo_268_luiz_e_tempesta_in_memorian.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1211/decreto_legislativo_267_francisco_melo_de_matos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1210/decreto_legislativo_266_edir_de_matos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1209/decreto_legislativo_265_arnaldo_ricardo_franco_bueno.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1208/decreto_legislativo_264_renato_benedetti.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1207/decreto_legislativo_263_patricia_rosa_maffei.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1206/decreto_legislativo_262__sidnei_dias.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1205/decreto_legislativo_261_cassilda_micheti_moreli.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1204/decreto_legislativo_260_aparecido_neves_de_souza.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1203/decreto_legislativo_259_celia_gomes_vicentini_martins.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1202/decreto_legislativo_258_carlos_alberto_melare.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1201/decreto_legislativo_257_angelo_carlos_miguel.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1200/decreto_legislativo_256_shirley_maria_da_silva.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1199/decreto_legislativo_255_dorival_melguizo_ramos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1198/decreto_legislativo_254_jose_joao_da_silva.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1197/decreto_legislativo_253_sergio_eduardo_massaratt.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1196/decreto_legislativo_252_isabel_c_rodrigues_alves.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1195/decreto_legislativo_251_alderico_prestes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1194/decreto_legislativo_250_antonio_afonso_melare.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1193/decreto_legislativo_249_maria_angelica_ortiz.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1192/decreto_legislativo_248_marina_grosso_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1191/decreto_legislativo_247_laura_righetto.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9324/dl-2011-246.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1190/decreto_legislativo_245_cria_acervo_da_camara.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1189/decreto_legislativo_244_jose_quirino_schettini.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1188/decreto_legislativo_243_osmil_nabas.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1187/decreto_legislativo_242_devanir_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1186/decreto_legislativo_241_edilson_aparecido_franco.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1185/decreto_legislativo_240_reinaldo_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1184/decreto_legislativo_239_duildo_branzani.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1183/decreto_legislativo_238_jose_nelson_fakri.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1182/decreto_legislativo_237_maria_de_lourdes_k_amaral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1181/decreto_legislativo_236_maria_cristina_prado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1180/decreto_legislativo_235_paulo_alves.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1179/decreto_legislativo_234_franz_cassius_troll.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1178/decreto_legislativo_233_moises_a._andrade.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1177/decreto_legislativo_232_odair_domingues.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1176/decreto_legislativo_231_edilton_gomes_teixeira.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1175/decreto_legislativo_230_nelson_tabaro.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/1174/decreto_legislativo_229_joao_carlos_keiler.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9323/dl-2011-228.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9322/dl-2010-227.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1173/decreto_legislativo_226_padre_antonio_carlos_fernandes.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1172/decreto_legislativo_225_maria_jose_soares_ayres.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1171/decreto_legislativo_224_contas_2008.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1170/decreto_legislativo_223_benedito_raimundo_batista.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1169/decreto_legislativo_222_eliza_rafaine_maurino.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1168/decreto_legislativo_221_dirce_cernichiaro_oliveira.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1167/decreto_legislativo_220_maria_tereza_morales_sangeronimo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1166/decreto_legislativo_219_joao_esquerdo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1165/decreto_legislativo_218_luiz_gonzaga_tauhyl.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1164/decreto_legislativo_217_jorge_panserini.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1163/decreto_legislativo_216_helio_de_barros.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1162/decreto_legislativo_215_luiz_da_silva_bueno.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1161/decreto_legislativo_214_celso_tristao_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1160/decreto_legislativo_213_silvio_tristao_de_camargo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1159/decreto_legislativo_212_tereza_monteiro.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1158/decreto_legislativo_211_paulo_kaneichi.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1157/decreto_legislativo_210_coronel_vander_simeira.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1156/decreto_legislativo_209_-_aloizio_mercadante.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/1155/decreto_legislativo_208_contas_2007.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1154/decreto_legislativo_207_carlos_jose_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1153/decreto_legislativo_206_celso_avancini_jr.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9321/dl-2009-205.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9320/dl-2009-204.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1152/decreto_legislativo_203_joao_luiz_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1151/decreto_legislativo_202_claudimir_aparecido_causin.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1150/decreto_legislativo_201_jose_eud_antunes.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1149/decreto_legislativo_200_sedirley_rugolo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1148/decreto_legislativo_199_rubens_campanhao.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1147/decreto_legislativo_198_joao_batista_ercolin.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1146/decreto_legislativo_197_maria_tereza_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1145/decreto_legislativo_196_afonso_celsun_de_arruda.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1143/decreto_legislativo_194_antonio_beda_ferreira.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1142/decreto_legislativo_193_rubens_camilo_pinto.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1141/decreto_legislativo_192_jurema_de_freitas_b._hagen.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1140/decreto_legislativo_191_mafalda_savassa_rinck.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1139/decreto_legislativo_190_claudio_sampaio_torres.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1138/decreto_legislativo_189_iara_bernardi.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1137/decreto_legislativo_188_rita_passos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1136/decreto_legislativo_187_dr._crocco.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1135/decreto_legislativo_186_geraldo_alckmin.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1134/decreto_legislativo_185_sergio_benedicto_assumpcao.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1133/decreto_legislativo_184_etelvina_rosseto_rafael.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1132/decreto_legislativo_183_orlando_silvestre.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/1131/decreto_legislativo_182_zulma_nahum.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1130/decreto_legislativo_181_clovis_santinon.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1129/decreto_legislativo_180_neusa_maria_barbosa.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1128/decreto_legislativo_179_contas_2006.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1127/decreto_legislativo_178_osmir_minelli.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1126/decreto_legislativo_177_orlanda_f_polaz.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1125/decreto_legislativo_176_jose_hawilla.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1124/decreto_legislativo_175_maria_angelica_boscolo.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1123/decreto_legislativo_174_shigeo_uchiwa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1122/decreto_legislativo_173_joao_martinez.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1121/dl000172.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9319/dl-2008-171.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1120/decreto_legislativo_170_joao_cesar_f_stetner.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1119/decreto_legislativo_169_sebastiao_nunes_m_fo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1118/decreto_legislativo_168_jose_antonio_vieira.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/1117/decreto_legislativo_167_esmeraldo_crocco.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1116/decreto_legislativo_166_contas_2005.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1115/decreto_legislativo_165_filomena__fontana.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9318/dl-2007-164.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9317/dl-2007-163.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1114/decreto_legislativo_162_ilda_souza_leite_d._antonia0.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1113/decreto_legislativo_161_ricardo_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1112/decreto_legislativo_160_orlando_zilli.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1111/decreto_legislativo_159_xyco_do_saae.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1109/decreto_legislativo_158_everaldo_l._monteiro.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1110/decreto_legislativo_158_everaldo_l._monteiro.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1108/decreto_legislativo_157_policial_tony_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9316/dl-2007-156.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1107/decreto_legislativo_155_fernando_simioni.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1106/decreto_legislativo_154_decio_fernandes.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1105/decreto_legislativo_153_maria_do_gabinete.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/1104/dl000152.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1103/dl000151.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1102/dl000150.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1101/dl000149.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1100/dl000148.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1099/dl000147.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/1098/dl000146.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1097/dl000145.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1096/dl000144.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1095/dl000143.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1094/dl000142.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1093/dl000141.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1092/dl000140.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1091/dl000139.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1090/dl000138.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/1089/dl000137.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1088/dl000136.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1087/dl000135.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1086/dl000134.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1085/dl000133.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1084/dl000132.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1083/dl000131.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1082/dl000130.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1081/dl000129.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1080/dl000128.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1079/dl000127.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1078/dl000126.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1077/dl000125.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1076/dl000124.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1075/dl000123.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1074/dl000122.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1073/dl000121.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1071/dl000119.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1070/dl000118.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1069/dl000117.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1068/dl000116.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1067/dl000115.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1066/dl000114.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1065/dl000113.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9315/dl-2003-112.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1064/dl000111.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1063/dl000110.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/1072/dl000120.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/1062/dl000109.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1061/dl000108.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1060/dl000107.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1059/dl000106.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1058/dl000105.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1057/dl000104.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1056/dl000103.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/1055/dl000102.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1054/dl000101.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9314/dl-2001-100.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1053/dl00099.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1052/dl00098.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1051/dl00097.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/1050/dl00096.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/1049/dl00095.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2000/9313/dl-2000-94.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1048/dl00093.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1047/dl00092.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1999/1046/dl00091.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1045/dl00090.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1998/1044/dl00089.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1043/dl00088.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1042/dl00087.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/1041/dl00086.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/1040/dl00085.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1996/9312/dl-1996-84.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1039/dl00083.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1038/dl00082.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1037/dl00081.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1036/dl00080.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1035/dl00079.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1034/dl00078.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1033/dl00077.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1995/1032/dl00076.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1031/dl00075.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1994/1030/dl00074.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1029/dl00073.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1028/dl00072.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1027/dl00071.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1026/dl00070.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1025/dl00069.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1993/1024/dl00068.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1023/dl00067.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1022/dl00066.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1021/dl00065.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1020/dl00064.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1992/1019/dl00063.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1018/dl00062.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1017/dl00061.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1016/dl00060.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1991/1015/dl00059.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1014/dl00058.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1013/dl00057.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1012/dl00056.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1990/1011/dl00055.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1010/dl00054.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1009/dl00053.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1008/dl00052.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1989/1007/dl00051.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1006/dl00050.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1988/1005/dl00049.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1004/dl00048.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1003/dl00047.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1002/dl00046.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1001/dl00045.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1987/1000/dl00044.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/999/dl00043.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/998/dl00042.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1986/997/dl00041.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/996/dl00040.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/995/dl00039.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1985/994/dl00038.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/993/dl00037.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/992/dl00036.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/991/dl00035.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1983/990/dl00034.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/989/dl00033.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/988/dl00032.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1982/987/dl00031.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/986/dl00030.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/985/dl00029.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1981/984/dl00028.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1980/983/dl00027.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/982/dl00026.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1979/981/dl00025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/980/dl00024.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/979/dl00023.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/978/dl00022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1978/977/dl00021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/975/dl00019.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/976/dl00020.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1977/974/dl00018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/973/dl00017.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/972/dl00016.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/971/dl00015.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/970/dl00014.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1976/969/dl00013.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/968/dl00012.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1975/967/dl00011.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/966/dl00010.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1974/965/dl0009.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/964/dl0008.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/963/dl0007.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/962/dl0006.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/961/dl0005.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/960/dl0004.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1973/959/dl0003.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/958/dl0002.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1972/957/dl0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G610"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="164.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="163.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="212.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>