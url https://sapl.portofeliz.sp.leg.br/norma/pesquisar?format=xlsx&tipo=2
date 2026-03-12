--- v0 (2025-12-02)
+++ v1 (2026-03-12)
@@ -10,2805 +10,2829 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1582" uniqueCount="919">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1596" uniqueCount="927">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>9425</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9425/lc_262_-_alteracoes_dos_artigos_3o_e_4o_da_lei_complementar_no_260_de_23_de_outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÕES DOS ARTIGOS 3º E 4º DA LEI COMPLEMENTAR Nº 260 DE 23 DE OUTUBRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>9424</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9424/lc_261_-_criacao_de_vagas_para_cargos_de_provimento_efetivo_e_para_funcoes_gratificadas_-secretaria_municipal_de_educacao.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS PARA CARGOS DE PROVIMENTO EFETIVO E PARA FUNÇÕES GRATIFICADAS NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>9366</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>258</t>
   </si>
   <si>
-    <t>LC</t>
-[...5 lines deleted...]
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9366/lc_258_-_criacao_do_auxilio_saude_prefeitura_saae_e_portoprev_2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9366/lc_258_-_criacao_do_auxilio_saude_prefeitura_saae_e_portoprev_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO AUXÍLIO-SAÚDE DESTINADO AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS E INATIVOS DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ - PORTOPREV - E DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO – SAAE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9365</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9365/lc_257_-_reajuste_salarial_prefeitura_saae_e_portoprev_2025.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9365/lc_257_-_reajuste_salarial_prefeitura_saae_e_portoprev_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR Nº 250, DE 27 DE MARÇO DE 2024 CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8913</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8913/lc_256_-_altera_a_lc60_-_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8913/lc_256_-_altera_a_lc60_-_portoprev.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, QUE DISPÕE SOBRE A CRIAÇÃO DO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ– PORTOPREV, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8915</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8915/lc_255_-_criacao_de_cargos_de_bombeiro_municipal.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8915/lc_255_-_criacao_de_cargos_de_bombeiro_municipal.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE CRIAÇÃO DE CARGO DE BOMBEIRO NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8916</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8916/lc_254_-_criacao_de_funcao_gratificada_no_magisterio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8916/lc_254_-_criacao_de_funcao_gratificada_no_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE CRIAÇAO DE FUNÇÃO GRATIFICADA JUNTO AO QUADRO DO MAGISTÉRIO E ALTERAÇÃO DO TÍTULO IV - CAPÍTULO I – SEÇÃO V- DA LEI COMPLEMENTAR 127, DE 29 DE AGOSTO DE 2011, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8917</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8917/lc_253_-_criacao_do_cargo_de_chefe_de_setor_demanda_escolar.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8917/lc_253_-_criacao_do_cargo_de_chefe_de_setor_demanda_escolar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO DE CHEFE DO SETOR DE DEMANDA DA EDUCAÇÃO JUNTO A SECRETARIA D EDUCAÇÃO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8918</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8918/lc_252_-_criacao_de_cargos_de_assessor_de_secretaria.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8918/lc_252_-_criacao_de_cargos_de_assessor_de_secretaria.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA DO MUNICIPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8919</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8919/lc_251_-_exclusao_de_cargos_da_estrutura_administrativa_da_prefeitura_adin.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8919/lc_251_-_exclusao_de_cargos_da_estrutura_administrativa_da_prefeitura_adin.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXTINÇÃO DE CARGOS DA ESTRUTURA ADMINISTRATIVA DA PREFEITURA DE PORTO FELIZ CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8920</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8920/lc_250_-_reajuste_salarial_prefeitura_saae_e_portoprev_2024.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8920/lc_250_-_reajuste_salarial_prefeitura_saae_e_portoprev_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR_x000D_
 Nº 248, DE 18 DE ABRIL DE 2023 CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8921</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8921/lc_249_-_revoga_a_lc_235_de_2021_estrutura_administrativa_da_camara.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8921/lc_249_-_revoga_a_lc_235_de_2021_estrutura_administrativa_da_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI COMPLEMENTAR Nº 235, DE 21 DE DEZEMBRO DE 2021, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8922</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8922/lc_248_e_anexo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8922/lc_248_e_anexo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR Nº 233 DE 14 de DEZEMBRO DE 2021 CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8914</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/8914/lc_247_e_anexos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/8914/lc_247_e_anexos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO QUADRO GERAL DE SERVIDORES EFETIVOS E DISCIPLINA O EXERCÍCIO DE FUNÇÕES DE CONFIANÇA DE DIREÇÃO, CHEFIA E ASSESSORAMENTO A SEREM EXERCIDAS POR ESTES SERVIDORES NO ÂMBITO DOS ÓRGÃOS DA ADMINISTRAÇÃO DO MUNICÍPIO DE PORTO FELIZ, ESTADO DE SÃO PAULO,  E DÁ PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>8923</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8923/lc_246_-_criacao_de_cargos_junto_a_secretaria_de_educacao_-_magisterio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8923/lc_246_-_criacao_de_cargos_junto_a_secretaria_de_educacao_-_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS JUNTO A SECRETARIA DE EDUCAÇÃO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8924</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8924/lc_245_altera_lc60_-_composicao_conselhos_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8924/lc_245_altera_lc60_-_composicao_conselhos_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8925</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8925/lc_244_dispoe_sobre_o_plano_diretor.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8925/lc_244_dispoe_sobre_o_plano_diretor.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DIRETOR DE DESENVOLVIMENTO INTEGRADO DO MUNICÍPIO DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8926</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8926/lc_243_cria_cargo_de_tesoureiro_junto_ao_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8926/lc_243_cria_cargo_de_tesoureiro_junto_ao_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO DE TESOUREIRO JUNTO AO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8927</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8927/lc_242_altera_contribuicao_de_custeio_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8927/lc_242_altera_contribuicao_de_custeio_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO DE CUSTEIO DO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ, PREVISTA NA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8928</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8928/lc_241_altera_valores_piso_salarial_magisterio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8928/lc_241_altera_valores_piso_salarial_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR Nº 233, DE 14 DE DEZEMBRO DE 2021, EM CONSONÂNCIA COM O PISO SALARIAL NACIONAL DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA PÚBLICA, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8929</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8929/lc_240_cria_emprego_publico_de_agentes_comunitarios.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8929/lc_240_cria_emprego_publico_de_agentes_comunitarios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE EMPREGOS PÚBLICOS DE AGENTE DE COMBATE ÀS ENDEMIAS E DE AGENTE COMUNITÁRIO DE SAÚDE E NO ÂMBITO DO MUNICÍPIO DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8930</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8930/lc_239_altera_lc179_-_requisitos_de_concurso_gcm.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8930/lc_239_altera_lc179_-_requisitos_de_concurso_gcm.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 179, DE 25 DE FEVEREIRO DE 2016, QUE TRATA DO ESTATUTO DA GUARDA CIVIL MUNICIPAL – CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8931</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8931/lc_238_altera_lc60_-_requisitos_de_pensao_por_morte.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8931/lc_238_altera_lc60_-_requisitos_de_pensao_por_morte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8932</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8932/lc_237_alteracao_do_codigo_tributario.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8932/lc_237_alteracao_do_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS PARÁGRAFOS 1º, 2º E 3º DO ARTIGO 10, DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1.997, - CODIGO TRIBUTÁRIO - CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8933</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8933/lc_236_alteracao_do_estatuto_do_magisterio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8933/lc_236_alteracao_do_estatuto_do_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº127, DE 29 DE AGOSTO DE 2011, QUE TRATA DO ESTATUTO E PLANO DE CARREIRA, CARGO E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8934</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8934/lc_235_estrutura_administrativa_legislativa_da_camara_municipal_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8934/lc_235_estrutura_administrativa_legislativa_da_camara_municipal_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA/LEGISLATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8935</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8935/lc_234_alteracao_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_codigo_tributario_do_municipio_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8935/lc_234_alteracao_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_codigo_tributario_do_municipio_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1997, CODIGO TRIBUTÁRIO DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8936</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8936/lc_233_reajuste_salarial_administracao_direta_e_indireta_2022.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8936/lc_233_reajuste_salarial_administracao_direta_e_indireta_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR Nº214, DE 30 DE ABRIL DE 2019, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8937</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8937/lc_232_altera_a_lc_60_-_contribuicao_de_custeio_do_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8937/lc_232_altera_a_lc_60_-_contribuicao_de_custeio_do_portoprev.pdf</t>
   </si>
   <si>
     <t>8938</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8938/lc_231_altera_a_lc_60_-_comite_de_investimentos_retificada.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8938/lc_231_altera_a_lc_60_-_comite_de_investimentos_retificada.pdf</t>
   </si>
   <si>
     <t>8939</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8939/lc_230_institui_previdencia_complementar.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8939/lc_230_institui_previdencia_complementar.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICÍPIO DE PORTO FELIZ, SÃO PAULO; FIXA O LIMITE MÁXIMO PARA A CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8940</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8940/lc_229_organizacao_administrativa_superior_da_prefeitura_municipal_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8940/lc_229_organizacao_administrativa_superior_da_prefeitura_municipal_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DA ORGANIZAÇÃO ADMINISTRATIVA SUPERIOR DA PREFEITURA MUNICIPAL DE PORTO FELIZ, EXTINGUE CARGOS COMISSIONADOS CONSTANTES DA LEI COMPLEMENTAR Nº 169, DE 06 DE MAIO DE 2015, ALTERADO PELA LEI COMPLEMENTAR Nº 223, DE 19 DE AGOSTO DE 2020, E DÁ PROVIDENCIAS CORRELATAS”</t>
   </si>
   <si>
     <t>8941</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8941/lc_228_revoga_os_paragrafos_1o_e_2o_do_art.93_da_lei_complementar_no_18.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8941/lc_228_revoga_os_paragrafos_1o_e_2o_do_art.93_da_lei_complementar_no_18.pdf</t>
   </si>
   <si>
     <t>REVOGA OS PARÁGRAFOS 1º E 2º DO ART.93 DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1997, INCLUI O ART. 93-A, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8942</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8942/lc_227_contribuicao_custeio_iluminacao.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8942/lc_227_contribuicao_custeio_iluminacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, - CIP - DE ACORDO COM O ART. 149-A DA CONSTITUIÇÃO FEDERAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8943</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8943/lc_226_alteracao_do_codigo_tributario_-_parcelamento.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8943/lc_226_alteracao_do_codigo_tributario_-_parcelamento.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 226 DA LEI COMPLEMENTAR Nº 18/97 - CÓDIGO TRIBUTÁRIO MUNICIPAL - ALTERADO PELA LEI COMPLEMENTAR 211, DE 07 DE MARÇO DE 2019, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8944</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8944/lc_225_alteracao_codigo_tributario.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8944/lc_225_alteracao_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ISS RELATIVO AOS SERVIÇOS DESCRITOS NOS SUBITENS 4.22, 4.23, 5.09, 15.01 E 15.09 DA LISTA DE SERVIÇOS ANEXA À LEI COMPLEMENTAR Nº 18 DE DEZEMBRO DE 1997 – CÓDIGO TRIBUTÁRIO MUNICIPAL, CONFORME A LEI COMPLEMENTAR FEDERAL Nº 175, DE 23 DE SETEMBRO DE 2020, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8945</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8945/lc_224_alteracao_da_contribuicao_devida_ao_instituto_de_previdencia_social_do_municipio_de_porto_feliz_-_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8945/lc_224_alteracao_da_contribuicao_devida_ao_instituto_de_previdencia_social_do_municipio_de_porto_feliz_-_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO DEVIDA AO INSTITUTO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE PORTO FELIZ – PORTOPREV-, PREVISTA NO INCISO II DO ARTIGO 56 DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, COM ALTERAÇÕES POSTERIORES, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8946</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8946/lc_223_reorganiza_a_estrutura_administrativa_da_prefeitura_municipal_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8946/lc_223_reorganiza_a_estrutura_administrativa_da_prefeitura_municipal_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>REORGANIZA A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE PORTO FELIZ E ALTERA AS ATRIBUIÇÕES DE CARGOS COMISSIONADOS E DE CONFIANÇA CONSTANTES NO ANEXO III DA LEI COMPLEMENTAR Nº 169, DE 06 DE MAIO DE 2015, ANEXO II DA LEI COMPLEMENTAR Nº 178, DE 25 DE FEVEREIRO DE 2016, ANEXO II DA LEI COMPLEMENTAR Nº 181, 07 DE MARÇO DE 2016 E ANEXO II DA LEI COMPLEMENTAR Nº 216 DE, DE 18 DE DEZEMBRO DE 2019, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8947</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8947/lc_222_altera_e_acrescenta_dispositivos_a_lei_complementar_no_60_de_06_de_dezembro_de_2004_que_dispoe_sobre_a_criacao_do_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8947/lc_222_altera_e_acrescenta_dispositivos_a_lei_complementar_no_60_de_06_de_dezembro_de_2004_que_dispoe_sobre_a_criacao_do_portoprev.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS A LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, QUE DISPÕE SOBRE A CRIAÇÃO DO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ – PORTOPREV, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8948</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8948/lc_221.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8948/lc_221.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS A LEI COMPLEMENTAR Nº 135, DE 04 DE ABRIL DE 2012, QUE DISPÕE SOBRE O ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8949/lc_220_altera_o_paragrafo_unico_do_art.74_da_lei_complementar_no_60.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8949/lc_220_altera_o_paragrafo_unico_do_art.74_da_lei_complementar_no_60.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ART.74 DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, QUE CRIA O INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ - PORTOPREV, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8950</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8950/lc_219_-_alteracao_estrutura_adm_saae_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8950/lc_219_-_alteracao_estrutura_adm_saae_porto_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 168, DE 29 DE ABRIL DE 2015 QUE ESTABELECE A ESTRUTURA ADMINISTRATIVA DOS SERVIDORES DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE PORTO FELIZ, CRIA CARGOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8952</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8952/lc_217_-_dispoe_sobre_alteracao_da_contribuicao_devida_ao_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8952/lc_217_-_dispoe_sobre_alteracao_da_contribuicao_devida_ao_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO DEVIDA AO PORTOPREV PREVISTA NOS INCISOS I e IV DO ARTIGO 56 DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8953</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8953/lc_216_-_criacao_da_diretoria_de_planejamento_e_urbanismo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8953/lc_216_-_criacao_da_diretoria_de_planejamento_e_urbanismo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA DIRETORIA DE PLANEJAMENTO E URBANISMO, CRIA CARGOS, DEFINE SUA COMPETÊNCIA E ATRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8954</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8954/lc_215_plano_diretor.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8954/lc_215_plano_diretor.pdf</t>
   </si>
   <si>
     <t>8955</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8955/lc_214__alteracao_lei_complementar_no_205_-_reajuste_salarial.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8955/lc_214__alteracao_lei_complementar_no_205_-_reajuste_salarial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR Nº 205, DE 15 DE MAIO DE 2018 E DA LEI COMPLEMENTAR Nº 213, DE 10 DE ABRIL DE 2019, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8956</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8956/lc_213_lei_complementar_no_170_-_estrutura_adm_do_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8956/lc_213_lei_complementar_no_170_-_estrutura_adm_do_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 170, DE 08 DE JULHO DE 2015, CONFORME ESPECIFICA E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8957</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8957/lc_212_-_lei_complementar_no_123_calcada.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8957/lc_212_-_lei_complementar_no_123_calcada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 123, DE 30 DE MAIO DE 2011, CONFORME ESPECIFICA, E DÁ OUTRAS POVIDENCIAS</t>
   </si>
   <si>
     <t>8951</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8951/lc_218_-_extincao_e_criacao_de_cargo_de_psicologo_junto_a_secretaria_de_assistencia_social.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8951/lc_218_-_extincao_e_criacao_de_cargo_de_psicologo_junto_a_secretaria_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXTINÇÃO E CRIAÇÃO DE CARGO DE PSICOLOGO JUNTO À SECRETARIA DE ASSISTÊNCIA SOCIAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8958</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8958/lc_211_-_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997__-__parcelamentodivida.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8958/lc_211_-_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997__-__parcelamentodivida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 226 DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8959</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8959/lc_210_alteracao_lei_complementar_no_60_que_trata_da_pensao_por_morte_dos_segurados_do_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8959/lc_210_alteracao_lei_complementar_no_60_que_trata_da_pensao_por_morte_dos_segurados_do_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, QUE TRATA DA PENSÃO POR MORTE DOS SEGURADOS DO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ – PORTOPREV – CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8960/lc_209_-_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8960/lc_209_-_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 24 DA LEI COMPLEMENTAR Nº 203, DE 20 DE NOVEMBRO DE 2017, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8961</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8961/lc_208_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8961/lc_208_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf</t>
   </si>
   <si>
     <t>8962</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8962/lc_207_grau_de_escolaridade_para_os_cargos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8962/lc_207_grau_de_escolaridade_para_os_cargos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXIGÊNCIA DE GRAU DE ESCOLARIDADE PARA OS CARGOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8963/lc_206_contribuicao_prevista_na_lei_complementar_no_60_de_06_de_dezembro_de_2004.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8963/lc_206_contribuicao_prevista_na_lei_complementar_no_60_de_06_de_dezembro_de_2004.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO PREVISTA NA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, COM ALTERAÇÕES POSTERIORES, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8964</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8964/lc_205_aumento_salarial_2.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8964/lc_205_aumento_salarial_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DOS ANEXOS DA LEI COMPLEMENTAR Nº183, DE 17 DE MARÇO DE 2016, DA LEI COMPLEMENTAR Nº 184, DE 17 DE MARÇO DE 2016, DA LEI COMPLEMENTAR Nº 186, DE 23 DE MARÇO DE 2016 E DA LEI COMPLEMENTAR Nº 203, DE 20 DE NOVEMBRO DE 2017, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8965</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8965/lc_204_alteracao_do_artigo_8o_da_lei_complementar_no_70_de_27_de_marco_de_2006.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8965/lc_204_alteracao_do_artigo_8o_da_lei_complementar_no_70_de_27_de_marco_de_2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 8º DA LEI COMPLEMENTAR Nº 70, DE 27 DE MARÇO DE 2006, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8966</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8966/lc_203_alteracao_da_lei_complementar_no_127_de_29_agosto_de_2011__que_trata_do_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publico_municipal_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8966/lc_203_alteracao_da_lei_complementar_no_127_de_29_agosto_de_2011__que_trata_do_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publico_municipal_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 127, DE 29 AGOSTO DE 2011,QUE TRATA DO ESTATUTO E PLANO DE CARREIRA, CARGOS E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8967</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8967/lc_202_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997_-_issqn.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8967/lc_202_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997_-_issqn.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 18, DE 9 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8968</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8968/lc_201__alteracao_da_lei_complementar_n.o_18_de_9_de_dezembro_de_1997_-_planta_generica.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8968/lc_201__alteracao_da_lei_complementar_n.o_18_de_9_de_dezembro_de_1997_-_planta_generica.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N.º 18, DE 9 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8969</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8969/lc_200_tabela_i_do_anexo_ii_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_aliquotas_-_iss.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8969/lc_200_tabela_i_do_anexo_ii_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_aliquotas_-_iss.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA I DO ANEXO II DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8970</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8970/lc_199_revogacao_dos_artigos_42_e_43_da_lei_complementar_no_43_de_07_de_novembro_de_2.002.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8970/lc_199_revogacao_dos_artigos_42_e_43_da_lei_complementar_no_43_de_07_de_novembro_de_2.002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVOGAÇÃO DOS ARTIGOS 42 E 43 DA LEI COMPLEMENTAR Nº 43, DE 07 DE NOVEMBRO DE 2.002, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8971</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8971/lc_198_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_que_trata_do_parcelamento_do_credito_tributario.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8971/lc_198_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_que_trata_do_parcelamento_do_credito_tributario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 226 DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1997, QUE TRATA DO PARCELAMENTO DO CRÉDITO TRIBUTÁRIO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8972</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8972/lc_197_sobre_alteracao_dos_artigos_97_213_214_e_215_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_codigo_tributario.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8972/lc_197_sobre_alteracao_dos_artigos_97_213_214_e_215_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ARTIGOS 97, 213, 214 E 215 DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8973</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8973/lc_196_alteracao_da_contribuicao_prevista_na_lei_complementar_no_189_de_16_de_maio_de_2016.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8973/lc_196_alteracao_da_contribuicao_prevista_na_lei_complementar_no_189_de_16_de_maio_de_2016.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ALTERAÇÃO DA CONTRIBUIÇÃO PREVISTA NA LEI COMPLEMENTAR Nº 189, DE 16 DE MAIO DE 2016, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8974</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8974/lc_195_criacao_do_cargo_de_interventor_da_santa_casa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8974/lc_195_criacao_do_cargo_de_interventor_da_santa_casa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DO CARGO DE INTERVENTOR DA SANTA CASA CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8975</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8975/lc_194_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8975/lc_194_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997.pdf</t>
   </si>
   <si>
     <t>8976</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8976/lc_193_revogacao_da_lei_complementar_no_174_de_19_de_novembro_de_2015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8976/lc_193_revogacao_da_lei_complementar_no_174_de_19_de_novembro_de_2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI COMPLEMENTAR Nº 174, DE 19 DE NOVEMBRO DE 2015, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8977</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8977/lc_192_utilizacao_dos_depositos_judiciais_e_administrativos_em_dinheiro_tributarios_e_nao_tributarios_realizados_em_processos_vinculados_ao_poder_judiciario_do_estado_de_sao_paulo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8977/lc_192_utilizacao_dos_depositos_judiciais_e_administrativos_em_dinheiro_tributarios_e_nao_tributarios_realizados_em_processos_vinculados_ao_poder_judiciario_do_estado_de_sao_paulo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DOS DEPÓSITOS JUDICIAIS E ADMINISTRATIVOS EM DINHEIRO, TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, REALIZADOS EM PROCESSOS VINCULADOS AO PODER JUDICIÁRIO DO ESTADO DE SÃO PAULO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8978</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8978/lc_191_dispoe_sobre_a_alteracao_do_anexo_ii__da_lei_complementar_181_de_marco_de_2016_referente_aos_cargos_cuidador-educador_e_auxiliar__de_cuidador-educador.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8978/lc_191_dispoe_sobre_a_alteracao_do_anexo_ii__da_lei_complementar_181_de_marco_de_2016_referente_aos_cargos_cuidador-educador_e_auxiliar__de_cuidador-educador.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ANEXO II DA LEI COMPLEMENTAR Nº 181, DE 07 DE MARÇO DE 2016, REFERENTE ÀS ATRIBUIÇÕES DOS CARGOS DE CUIDADOR/EDUCADOR E AUXILIAR DE CUIDADOR/EDUCADOR, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8979</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8979/lc_190_dispoe_cria_cargos_de_merendeira_no_quadro_unico_de_pessoal_do_poder_executivo_instituido_pela_lei_complementar_169_de_maio_de_2015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8979/lc_190_dispoe_cria_cargos_de_merendeira_no_quadro_unico_de_pessoal_do_poder_executivo_instituido_pela_lei_complementar_169_de_maio_de_2015.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE MERENDEIRA NO QUADRO ÚNICO DE PESSOAL DO PODER EXECUTIVO, INSTITUÍDO PELA LEI COMPLEMENTAR Nº 169, DE 06 DE MAIO DE 2015, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8980</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8980/lc_189_dispoe_sobre_alteracao_da_contribuicao_prevista_no_artigo_2o_da_lei_comp_139_de_26_de_julho_de_2012_conforme_especifica_e_da_outras_pr.doc</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8980/lc_189_dispoe_sobre_alteracao_da_contribuicao_prevista_no_artigo_2o_da_lei_comp_139_de_26_de_julho_de_2012_conforme_especifica_e_da_outras_pr.doc</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ALTERAÇÃO DA CONTRIBUIÇÃO PREVISTA NO ARTIGO 2º DA LEI COMPLEMENTAR Nº 139, DE 26 DE JULHO DE 2012, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8981</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8981/lc_188_dispoe_sobre_alteracoes_da_lei_comp_168_e_cria_e_extingue_cargos_e_funcoes_gratificadas_na_autarquia_de_servico_autonomo_de_agua_e_esgoto_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8981/lc_188_dispoe_sobre_alteracoes_da_lei_comp_168_e_cria_e_extingue_cargos_e_funcoes_gratificadas_na_autarquia_de_servico_autonomo_de_agua_e_esgoto_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR N° 168 DE 29 DE ABRIL DE 2015, E CRIA E EXTINGUE CARGOS E FUNÇÕES GRATIFICADAS NA AUTARQUIA DE SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO – SAAE DE PORTO FELIZ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>8982</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8982/lc_187_dispoe_sobre_alteracoes_da_lei_comp_127_e_lei_comp_130_que_tratam_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publicomunicipal.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8982/lc_187_dispoe_sobre_alteracoes_da_lei_comp_127_e_lei_comp_130_que_tratam_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publicomunicipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DA LEI COMPLEMENTAR Nº 127 DE 29 AGOSTO DE 2011 E LEI COMPLEMENTAR Nº 130 DE 09 DE NOVEMBRO DE 2011 QUE TRATAM DO ESTATUTO E PLANO DE CARREIRA, CARGOS E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8983</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8983/lc_186_dispoe_sobre_alteracao_do_anexo_ii_da_lei_comp_168_lei_comp_169_anexo_iii_da_lei_comp_170_estabelecem_as_tabelas_de_ref_graus_e_valores.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8983/lc_186_dispoe_sobre_alteracao_do_anexo_ii_da_lei_comp_168_lei_comp_169_anexo_iii_da_lei_comp_170_estabelecem_as_tabelas_de_ref_graus_e_valores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO II DA LEI COMPLEMENTAR Nº 168 DE 29 DE ABRIL 2015; ANEXO II DA LEI COMPLEMENTAR Nº 169 DE 06 DE MAIO DE 2015; ANEXO III DA LEI COMPLEMENTAR Nº 170 DE 08 DE JULHO DE 2015; QUE ESTABELECEM AS TABELAS DE REFERÊNCIAS, GRAUS E VALORES DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ E SUAS AUTARQUIAS, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8984</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8984/lc_185_da_nova_redacao_ao_anexo_d_da_lei_complementar_174_de_19_novembro_de_2015.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8984/lc_185_da_nova_redacao_ao_anexo_d_da_lei_complementar_174_de_19_novembro_de_2015.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO “D” DA LEI COMPLEMENTAR Nº 174, DE 19 DE NOVEMBRO DE 2015, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA/LEGISLATIVA DA CÂMARA MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8985</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8985/lc_184_dispoe_sobre_alteracao_da_lei_complementar_179_de_25_fevereiro_de_2016_que_dispoe_sobre_estatuto_da_gcm.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8985/lc_184_dispoe_sobre_alteracao_da_lei_complementar_179_de_25_fevereiro_de_2016_que_dispoe_sobre_estatuto_da_gcm.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 179 DE 25 DE FEVEREIRO DE 2016 QUE DISPÕE SOBRE O ESTATUTO DA GUARDA CIVIL MUNIICPAL DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8986</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8986/lc_183_dispoe_sobre_alteracao_da_lei_complementar_166_de_29_abril_de_2015_que_altera.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8986/lc_183_dispoe_sobre_alteracao_da_lei_complementar_166_de_29_abril_de_2015_que_altera.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 166 DE 29 DE ABRIL DE 2015 QUE ALTERA OS ANEXOS DA LEI COMPLEMENTAR Nº 127, DE 04 DE ABRIL DE 2011 E DA LEI COMPLEMENTAR 130 DE 09 DE NOVEMBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8987</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8987/lc_182_dispoe_sobre_a_criacao_de_cargos_setor_e_alteracao_de_referencias_nas_leis_complementares_169.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8987/lc_182_dispoe_sobre_a_criacao_de_cargos_setor_e_alteracao_de_referencias_nas_leis_complementares_169.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS, SETOR E ALTERAÇÃO DE REFERÊNCIAS NAS LEIS COMPLEMENTARES N.º 169, DE 06 DE MAIO DE 2015 E 171, DE 18 DE AGOSTO DE 2015 E EM SEU ANEXO I, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8988</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8988/lc_181_dispoe_sobre_a_criacao_da_secretaria_municipal_de_assistencia_social_do_municipio_de_porto_feliz_define_suas_competencias_e_atribuicoes_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8988/lc_181_dispoe_sobre_a_criacao_da_secretaria_municipal_de_assistencia_social_do_municipio_de_porto_feliz_define_suas_competencias_e_atribuicoes_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE PORTO FELIZ, DEFINE SUAS COMPETÊNCIAS E ATRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8989</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8989/lc_179_dispoe_sobre_o_estatuto_da_guarda_civil_municipal_conforme_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8989/lc_179_dispoe_sobre_o_estatuto_da_guarda_civil_municipal_conforme_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DA GUARDA CIVIL MUNICIPAL, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8990</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8990/lc_178_dispoe_sobre_a_criacao_a_secretaria_municipal_de_seguranca_publica_conforme_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8990/lc_178_dispoe_sobre_a_criacao_a_secretaria_municipal_de_seguranca_publica_conforme_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE SEGURANÇA PÚBLICA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8991</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8991/lc_177_dispoe_sobre_a_criacao_do_fundo_municipal_de_assistencia_social_do_municipio_de_porto_feliz_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8991/lc_177_dispoe_sobre_a_criacao_do_fundo_municipal_de_assistencia_social_do_municipio_de_porto_feliz_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE ASSISTÊNCIA  SOCIAL DO MUNICÍPIO DE PORTO FELIZ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8992</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8992/lc_176_dispoe_sobre_a_estrutura_do_conselho_municipal_de_assistencia_social_do_municipio_de_porto_feliz_revoga_lei_n_3549_de_27_de_maio_de_1997.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8992/lc_176_dispoe_sobre_a_estrutura_do_conselho_municipal_de_assistencia_social_do_municipio_de_porto_feliz_revoga_lei_n_3549_de_27_de_maio_de_1997.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA DO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE PORTO FELIZ, REVOGA A LEI Nº 3.549, DE 27 DE MAIO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8993</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8993/lc_175_alteracao_da_lei_complmentar_no_122_de_09_de_maio_de_2011_-_estatuto_das_gcm.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8993/lc_175_alteracao_da_lei_complmentar_no_122_de_09_de_maio_de_2011_-_estatuto_das_gcm.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 122, DE 09 DE MAIO DE 2011 – ESTATUTO DA GUARDA CIVIL DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8994</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8994/lc_174_estrutura_administrativa-legislativa_da_camara_municipal_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8994/lc_174_estrutura_administrativa-legislativa_da_camara_municipal_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>8995</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8995/lc_173_acrescenta_os_artigos_1o-a_e_6o-a_a_lei_complementar_no_122_de_09_de_maio_de_2011_estatuto_da_guarda_civil_municipal_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8995/lc_173_acrescenta_os_artigos_1o-a_e_6o-a_a_lei_complementar_no_122_de_09_de_maio_de_2011_estatuto_da_guarda_civil_municipal_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA OS ARTIGOS 1º-A E 6º-A, À LEI COMPLEMENTAR Nº 122 DE 09 DE MAIO DE 2011 (ESTATUTO DA GUARDA CIVIL MUNICIPAL DE PORTO FELIZ), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8996</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8996/lc_172_criacao_de_funcoes_gratificadas_junto_a_secretaria_de_obras_publicas.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8996/lc_172_criacao_de_funcoes_gratificadas_junto_a_secretaria_de_obras_publicas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE FUNÇÕES GRATIFICADAS JUNTO A SECRETARIA DE OBRAS PÚBLICAS, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8997</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8997/lc_171_nova_redacao_ao_anexo_i_da_lei_complementar_no_169.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8997/lc_171_nova_redacao_ao_anexo_i_da_lei_complementar_no_169.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO I DA LEI COMPLEMENTAR Nº 169 DE 06 DE MAIO DE 2015, CONFORME ESPECIFICA, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8998</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8998/lc_170_reorganizacao_administrativa_e_plano_de_cargos_e_carreiras_dos_funcionarios_do_instituto_de_previdencia_social_dos_servidores_publicos_do_municipio_de_porto_feliz_-_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8998/lc_170_reorganizacao_administrativa_e_plano_de_cargos_e_carreiras_dos_funcionarios_do_instituto_de_previdencia_social_dos_servidores_publicos_do_municipio_de_porto_feliz_-_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA E PLANO DE CARGOS E CARREIRAS DOS FUNCIONÁRIOS DO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ - PORTOPREV E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8999</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8999/lc_169_estrutura_administrativa_da_prefeitura_do_municipio_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8999/lc_169_estrutura_administrativa_da_prefeitura_do_municipio_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, PLANO DE CARGOS E CARREIRAS CONFORME ESPECIFICA, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9000</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9000/lc_168_estrutura_administrativa_plano_de_cargos_e_das_carreiras_-_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9000/lc_168_estrutura_administrativa_plano_de_cargos_e_das_carreiras_-_saae.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ESTRUTURA ADMINISTRATIVA, PLANO DE CARGOS E DAS CARREIRAS DOS SERVIDORES DO SERVIÇO AUTONOMO DE AGUA E ESGOTO DE PORTO FELIZ E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9001</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9001/lc_167_dispoe_sobre_alteracao_do_anexo_ii_da_lei_complementar_no_164.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9001/lc_167_dispoe_sobre_alteracao_do_anexo_ii_da_lei_complementar_no_164.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO II DA LEI COMPLEMENTAR Nº 164, DE 09 DE MARÇO DE 2015, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9002</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9002/lc_166_dispoe_sobre_alteracao_da_lei_complementar_no_127_de_04_de_abril_de_2011_e_da_lei_complementar_130_de_09_de_novembro_de_2011.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9002/lc_166_dispoe_sobre_alteracao_da_lei_complementar_no_127_de_04_de_abril_de_2011_e_da_lei_complementar_130_de_09_de_novembro_de_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 127, DE 04 DE ABRIL DE 2011 E DA LEI COMPLEMENTAR 130 DE 09 DE NOVEMBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9003</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9003/lc_165_alteracao_do_anexo_iv_da_lei_complementar_no_119_de_28_de_fevereiro_de_2011_e_suas_alteracoes_posteriores.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9003/lc_165_alteracao_do_anexo_iv_da_lei_complementar_no_119_de_28_de_fevereiro_de_2011_e_suas_alteracoes_posteriores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO IV DA LEI COMPLEMENTAR Nº 119, DE 28 DE FEVEREIRO DE 2011 E SUAS ALTERAÇÕES POSTERIORES, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9004</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9004/lc_164_estrutura_administrativa_saae1.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9004/lc_164_estrutura_administrativa_saae1.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ESTRUTURA ADMINISTRATIVA DO SERVIÇO AUTONOMO DE AGUA E ESGOTO DE PORTO FELIZ – SAAE, CONFORME ESPECIFICA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9005</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9005/lc_163_executivo_municipal_a_outorgar_contrato_de_doacao_no_ambito_da_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9005/lc_163_executivo_municipal_a_outorgar_contrato_de_doacao_no_ambito_da_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A OUTORGAR CONTRATO DE DOAÇÃO, NO AMBITO DA REGULARIZAÇÃO FUNDIÁRIA, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9006</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9006/lc_162_dispoe_sobre_alteracao_da_lei_complementar_no_60_de_06_de_dezembro_de_2004_-_organizacao_adm_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9006/lc_162_dispoe_sobre_alteracao_da_lei_complementar_no_60_de_06_de_dezembro_de_2004_-_organizacao_adm_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9007</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9007/lc_161_alteracao_da_referencia_salarial_do_cargo_de_agente__de_controle_de__vetores_e__do_anexo_l_da_lei_complementar_no_159.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9007/lc_161_alteracao_da_referencia_salarial_do_cargo_de_agente__de_controle_de__vetores_e__do_anexo_l_da_lei_complementar_no_159.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA REFERENCIA SALARIAL DO CARGO DE AGENTE DE CONTROLE DE VETORES E DO ANEXO l DA LEI COMPLEMENTAR Nº 159, DE 28 DE MAIO DE 2014, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9008</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9008/lc_160_cria_o_anexo_de_medidas_mitigadoras_de_que_trata_o_artigo_96_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9008/lc_160_cria_o_anexo_de_medidas_mitigadoras_de_que_trata_o_artigo_96_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf</t>
   </si>
   <si>
     <t>CRIA O ANEXO DE MEDIDAS MITIGADORAS DE QUE TRATA O ARTIGO 96 DA LEI COMPLEMENTAR Nº 78, DE 15 DE DEZEMBRO DE 2006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9009</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9009/lc_159_-_alteracao_do_anexo_l_da_lei_complementar_154.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9009/lc_159_-_alteracao_do_anexo_l_da_lei_complementar_154.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO l DA LEI COMPLEMENTAR 154, DE 20 DE DEZEMBRO DE 2013, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9010</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9010/lc_158_alteracao_do_anexo__b__da_lei_complementar_no_147_de_19_de_abril_de_2013.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9010/lc_158_alteracao_do_anexo__b__da_lei_complementar_no_147_de_19_de_abril_de_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR Nº 147, DE 19 DE ABRIL DE 2013, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9011</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9011/lc_157_alteracao_do_anexo_iv_da_lei_complementar_no_146_de_09_de_abril_de_2013.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9011/lc_157_alteracao_do_anexo_iv_da_lei_complementar_no_146_de_09_de_abril_de_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO IV DA LEI COMPLEMENTAR Nº 146, DE 09 DE ABRIL DE 2013, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9012</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9012/lc_156_altera_disposicoes_da_lei_complementar_no_122_de_09_de_maio_de_2011_modificada_pela_lei_complementar_no_126_de_30_de_junho_de_2011.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9012/lc_156_altera_disposicoes_da_lei_complementar_no_122_de_09_de_maio_de_2011_modificada_pela_lei_complementar_no_126_de_30_de_junho_de_2011.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI COMPLEMENTAR Nº 122, DE 09 DE MAIO DE 2011, MODIFICADA PELA LEI COMPLEMENTAR Nº 126, DE 30 DE JUNHO DE 2011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9013</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9013/lc_155_da_nova_redacao_ao_artigo_69_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9013/lc_155_da_nova_redacao_ao_artigo_69_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 69 DA LEI COMPLEMENTAR Nº 78, DE 15 DE DEZEMBRO DE 2006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9014</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9014/lc_154_dispoe_sobre_alteracao_do_anexo_l_da_lei_complementar_no_144_de_28_de_fevereiro_de_2013.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9014/lc_154_dispoe_sobre_alteracao_do_anexo_l_da_lei_complementar_no_144_de_28_de_fevereiro_de_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO l DA LEI COMPLEMENTAR Nº 144, DE 28 DE FEVEREIRO DE 2013, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9015</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9015/lc_153_criacao_de_zona_especial_de_interesse_social_nas_areas_consolidadas_dos_assentamentos_irregulares_no_municipio_de_porto_feliz.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9015/lc_153_criacao_de_zona_especial_de_interesse_social_nas_areas_consolidadas_dos_assentamentos_irregulares_no_municipio_de_porto_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ZONA ESPECIAL DE INTERESSE SOCIAL NAS ÁREAS CONSOLIDADAS DOS ASSENTAMENTOS IRREGULARES NO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9016</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9016/lc_152_-_altera_lei_complementar_80.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9016/lc_152_-_altera_lei_complementar_80.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI COMPLEMENTAR Nº 80, DE 15 DE DEZEMBRO DE 2006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9017</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9017/lc_151_-_altera_lei_complementar_127.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9017/lc_151_-_altera_lei_complementar_127.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 127, DE 29 DE AGOSTO DE 2.011, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9018</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9018/lc_150_-_altera_lei_complementar_18.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9018/lc_150_-_altera_lei_complementar_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9019</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9019/lc_149_-_revogacao_de_artigo_da_lc_no_122.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9019/lc_149_-_revogacao_de_artigo_da_lc_no_122.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DO § 2º DO ARTIGO 43 DA LEI COMPLEMENTAR Nº 122 DE 09 DE MAIO DE 2011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9020</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9020/lc_148_-_alteracao_dispositivos_da_lc_no_118.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9020/lc_148_-_alteracao_dispositivos_da_lc_no_118.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR N.º 118, DE 28 DE FEVEREIRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9021</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9021/lc_147_-_alteracao_do_anexo_b_da_lc_no_136.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9021/lc_147_-_alteracao_do_anexo_b_da_lc_no_136.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR Nº 136, DE 11 DE ABRIL DE 2012, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9022</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9022/lc_146_-_alteracao_do_anexos_iv_v_vi_e_vii_da_lc_no127_e__dos_anexos_ii_e_iii_da_lc_no130.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9022/lc_146_-_alteracao_do_anexos_iv_v_vi_e_vii_da_lc_no127_e__dos_anexos_ii_e_iii_da_lc_no130.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS IV, V, VI DA LEI COMPLEMENTAR Nº 127, DE 04 DE ABRIL DE 2011, DOS ANEXOS II E III DA LEI COMPLEMENTAR Nº 130 DE 09 DE NOVEMBRO DE 2.011, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9023</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9023/lc_145_-_alteracao_do_anexo_iv_da_lei_complementar_no134_de_2012.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9023/lc_145_-_alteracao_do_anexo_iv_da_lei_complementar_no134_de_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO IV DA LEI COMPLEMENTAR Nº 134, DE 04 DE ABRIL DE 2012, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9024</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9024/lc_144_-_criacao_de_cargos_e_alteracao_da_lei_complementar_no137.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9024/lc_144_-_criacao_de_cargos_e_alteracao_da_lei_complementar_no137.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS E ALTERAÇÃO DA LEI COMPLEMENTAR Nº 137, DE 29 DE MAIO DE 2012, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9025</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9025/lc_143_-_alteracao_da_lei_complementar_135.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9025/lc_143_-_alteracao_da_lei_complementar_135.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 171 DA LEI COMPLEMENTAR Nº 135, DE 04 DE ABRIL DE 2.012 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9026</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9026/lc_142_-_alteracao_da_lei_complementar_127.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9026/lc_142_-_alteracao_da_lei_complementar_127.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DA LEI COMPLEMENTAR N.º 127, DE 28 DE AGOSTO DE 2011, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9027</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9027/lc_141_-_alteracao_da_lei_complementar_127.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9027/lc_141_-_alteracao_da_lei_complementar_127.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N. 127, DE 29 DE AGOSTO DE 2011, BEM COMO DÁ NOVA REDAÇÃO AOS ARTIGOS 13 E 17 DA MESMA LEI, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9028</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9028/lc_140_-_criacao_de_cargo_e_alteracao_da_lc_127..pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9028/lc_140_-_criacao_de_cargo_e_alteracao_da_lc_127..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO E ALTERAÇÃO DA LEI COMPLEMENTAR N.º 127, DE 29 DE AGOSTO DE 2011, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9029</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9029/lc_139_-_alteracao_da_contribuicao_prevista_no_art_56_da_lc_60..pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9029/lc_139_-_alteracao_da_contribuicao_prevista_no_art_56_da_lc_60..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO PREVISTA NO INCISO II DO ARTIGO 56 E DÁ NOVA REDAÇÃO AO ARTIGO 74, AMBOS DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9030</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9030/lc_138_-_alteracao_da_lc_127..pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9030/lc_138_-_alteracao_da_lc_127..pdf</t>
   </si>
   <si>
     <t>9031</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9031/lc_137_-_dispoe_sobre_alteracao_de_cargos_e_da_lc_132.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9031/lc_137_-_dispoe_sobre_alteracao_de_cargos_e_da_lc_132.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS E ALTERAÇÃO DA LEI COMPLEMENTAR N.º 132, DE 20 DE DEZEMBRO DE 2011, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9032</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9032/lc_136_-_alteracao_do_anexo_b_da_lc_121.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9032/lc_136_-_alteracao_do_anexo_b_da_lc_121.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR N.º 121, DE 18 DE ABRIL DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9033</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9033/lc_135_-_estatuto_dos_servidores.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9033/lc_135_-_estatuto_dos_servidores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9034</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9034/lc_134_-_alteracao_do_anexo_iv_da_lc_132.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9034/lc_134_-_alteracao_do_anexo_iv_da_lc_132.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO IV DA LEI COMPLEMENTAR Nº 132, DE 20 DE DEZEMBRO DE 2.011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9035</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9035/lc_133_-_alteracao_da_lc_60_-_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9035/lc_133_-_alteracao_da_lc_60_-_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ARTIGOS 74, 76 E 82 DA LEI COMPLEMENTAR 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9036</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9036/lc_132_-_alteracao_da_lc_125.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9036/lc_132_-_alteracao_da_lc_125.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N.º 131, DE 17 DE NOVEMBRO DE 2011, CONFORME ESPECIFICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>9037</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9037/lc_131_-_alteracao_da_lc_125.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9037/lc_131_-_alteracao_da_lc_125.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N.º 125 DE 17 DE JUNHO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9038</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9038/lc_130_-_alteracao_da_lei_no_3.454_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9038/lc_130_-_alteracao_da_lei_no_3.454_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO FUNCIONAL DO CARGO DE SUPERVISOR DE ENSINO DA REDE MUNICIPAL DE PORTO FELIZ, DÁ NOVA REDAÇÃO AOS ARTS. 23, 24 E 140 DA LEI COMPLEMENTAR N.º 127 DE 29 DE AGOSTO DE 2011, E ACRESCENTA TABELA DE EVOLUÇÃO FUNCIONAL PARA O CARGO DE PSICOPEDAGOGO INSTITUCIONAL DO QUADRO DO MAGISTÉRIO PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>9039</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9039/lc_129_-_alteracao_da_lc_12__alterada_pela_lc_126.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9039/lc_129_-_alteracao_da_lc_12__alterada_pela_lc_126.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 122, DE 09 DE MAIO DE 2011, MODIFICADA PELA LEI COMPLEMENTAR Nº 126, DE 30 DE JULHO DE 2011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9040</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9040/lc_128_-_altera_dispositivos_da_lc_122_alterada_pela_lc_126.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9040/lc_128_-_altera_dispositivos_da_lc_122_alterada_pela_lc_126.pdf</t>
   </si>
   <si>
     <t>9041</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9041/lc_127_-_estatuto_do_magisterio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9041/lc_127_-_estatuto_do_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO E PLANO DE CARREIRA, CARGOS E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PORTO FELIZ</t>
   </si>
   <si>
     <t>9042</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9042/lc_126_-_altera_disposicoes_da_lc_122.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9042/lc_126_-_altera_disposicoes_da_lc_122.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI COMPLEMENTAR Nº 122, DE 09 DE MAIO DE 2011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9043</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9043/lc_125_-_alteracao_da_lc_119.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9043/lc_125_-_alteracao_da_lc_119.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N.º 119 DE 28 DE FEVEREIRO DE 2011.E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9044</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9044/lc_124_-_isencao_ou_remissao_do_iptu_de_imoveis_atingidos_por_enchentes.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9044/lc_124_-_isencao_ou_remissao_do_iptu_de_imoveis_atingidos_por_enchentes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER ISENÇÃO OU REMISSÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU INCIDENTE SOBRE IMÓVEIS EDIFICADOS ATINGIDOS POR ENCHENTES E ALAGAMENTOS CAUSADOS PELAS CHUVAS OCORRIDAS NO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9045</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9045/lc_123_-_codigo_de_obras.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9045/lc_123_-_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>INSTITUI AS NORMAS TÉCNICAS E ADMINISTRATIVAS REFERENTES AO CÓDIGO DE OBRAS E EDIFICAÇÕES DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9046</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9046/lc_122_-_estatuto_da_gcm.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9046/lc_122_-_estatuto_da_gcm.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO DA GUARDA CIVIL MUNICIPAL DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9047</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9047/lc_121_-_alteracao_do_anexo_b_da_lc_113.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9047/lc_121_-_alteracao_do_anexo_b_da_lc_113.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR N.º 113, DE 19 DE ABRIL DE 2010, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9048</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9048/lc_120_-_alteracao_do_anexo_iv_da_lc_119.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9048/lc_120_-_alteracao_do_anexo_iv_da_lc_119.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO IV DA LEI COMPLEMENTAR Nº 119, DE 28 DE FEVEREIRO DE 2.011, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9049</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9049/lc_119_-_ciracao_de_cargos_e_a_alteracao_da_lc_116.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9049/lc_119_-_ciracao_de_cargos_e_a_alteracao_da_lc_116.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR N.º 114, DE 29 DE JUNHO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9050</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9050/lc_118_-_altera_dispositivos_da_lc_114.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9050/lc_118_-_altera_dispositivos_da_lc_114.pdf</t>
   </si>
   <si>
     <t>9051</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9051/lc_117_-_institui_a_contribuicao_para_custeio_do_servico_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9051/lc_117_-_institui_a_contribuicao_para_custeio_do_servico_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, DE ACORDO COM O ART. 149-A, DA CONSTITUIÇÃO FEDERAL, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9052</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9052/lc_116_-_criacao_de_cargos_alteraao_da_lc_112_.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9052/lc_116_-_criacao_de_cargos_alteraao_da_lc_112_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS E ALTERAÇÃO DOS ANEXOS I E II DA LEI COMPLEMENTAR Nº 112, DE 19 DE ABRIL DE 2010, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9053</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9053/lc_115_-_altera_contribuicao_prevista_art56_da_lc60.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9053/lc_115_-_altera_contribuicao_prevista_art56_da_lc60.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO PREVISTA NO INCISO II DO ARTIGO 56 DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2.004, COM ALTERAÇÕES POSTERIORES, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9054</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9054/lc_114_-_alteracao_da_lc_109_-_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9054/lc_114_-_alteracao_da_lc_109_-_saae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 109, DE 17 DE DEZEMBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9055</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9055/lc_113_-_alteracao_do_anexo_b_da_lc_109_-_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9055/lc_113_-_alteracao_do_anexo_b_da_lc_109_-_saae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR N.º 109, DE 17 DE DEZEMBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9056/lc_112_-_alteracao_da_lc_108_-_estrutura_administrativa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9056/lc_112_-_alteracao_da_lc_108_-_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 108, DE 27 DE NOVEMBRO DE 2.009, - ESTRUTURA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE PORTO FELIZ -, CONFORME ESPECIFICA E DÁOUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9057</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9057/lc_111_-_alteracao_do_art_77_da_lc_60.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9057/lc_111_-_alteracao_do_art_77_da_lc_60.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO PARAGRAFO 2º DO ARTIGO 77 DA LEI COMPLEMANTAR Nº. 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9058/lc_110_-_altera_os_anexos_m4_e_m5_da_lc_78.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9058/lc_110_-_altera_os_anexos_m4_e_m5_da_lc_78.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS M4 E M5 MENCIONADOS NO ARTIGO 70 DA LEI COMPLEMENTAR Nº 78, DE 15 DE DEZEMBRO DE 2.006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9059</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9059/lc_109_-_estrutura_administrativa_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9059/lc_109_-_estrutura_administrativa_saae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 104, DE 08 DE JUNHO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9060/lc_108_-_estrutura_administrativa_pmpf.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9060/lc_108_-_estrutura_administrativa_pmpf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE PORTO FELIZ, COM A CRIAÇÃO DAS SECRETARIAS MUNICIPAIS</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9061/lc_107_-_planta_generica_do_municipio.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9061/lc_107_-_planta_generica_do_municipio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PLANTA GENÉRICA DE VALORES IMOBILIÁRIOS DO MUNICÍPIO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9062</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9062/lc_106_-_alteracao_da_lc_106_-_criacao_de_cargos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9062/lc_106_-_alteracao_da_lc_106_-_criacao_de_cargos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 105, DE 08 DE JUNHO DE 2.009, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9063</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9063/lc_105_-_alteracao_da_lc_99_-_criacao_de_cargos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9063/lc_105_-_alteracao_da_lc_99_-_criacao_de_cargos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº. 99, DE 09 DE FEVEREIRO DE 2.009, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9064</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9064/lc_104_-_alteracao_da_lc_90_-_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9064/lc_104_-_alteracao_da_lc_90_-_saae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 90, DE 05 DE MARÇO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9065/lc_103_-_altera_contribuicao_patronal_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9065/lc_103_-_altera_contribuicao_patronal_portoprev.pdf</t>
   </si>
   <si>
     <t>9066</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9066/lc_102_-_alteracao_do_anexo_b_da_lc_90.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9066/lc_102_-_alteracao_do_anexo_b_da_lc_90.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR Nº 90, DE 05 DE MARÇO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9067</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9067/lc_101_-_alteracao_salarial_7.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9067/lc_101_-_alteracao_salarial_7.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR Nº. 99 DE 09 DE FEVEREIRO DE 2.009, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9068</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9068/lc_100_-_contribuicao_de_melhoria.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9068/lc_100_-_contribuicao_de_melhoria.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONTRIBUIÇÃO DE MELHORIA NO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9069</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9069/lc_99_-_criacao_de_cargos_alteracao_do_anexo_a_da_lc_89.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9069/lc_99_-_criacao_de_cargos_alteracao_do_anexo_a_da_lc_89.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº 89, DE 28 DE JANEIRO DE 2.008, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9070</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9070/lc_98_-_alteracao_lc_18.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9070/lc_98_-_alteracao_lc_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N.º 18, DE 09 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9071</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9071/lc_97_-_alteracao_da_lc_18.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9071/lc_97_-_alteracao_da_lc_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 18, DE 09 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9072/lc_96_-_devolucao_de_valores_aos_cofres_publicos.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9072/lc_96_-_devolucao_de_valores_aos_cofres_publicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEVOLUÇÃO DE VALORES AOS COFRES PÚBLICOS, OBJETO DE JULGADOS DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9073</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9073/lc_95_-_alteracao_do_art_93_da_lc_60.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9073/lc_95_-_alteracao_do_art_93_da_lc_60.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 93 DA LEI COMPLEMANTAR 60, DE 06 DE DEZEMBRO DE 2004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9074</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9074/lc_94_-_extincao_e_criacao_de_cargos_da_lei__83.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9074/lc_94_-_extincao_e_criacao_de_cargos_da_lei__83.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO E CRIAÇÃO DE CARGOS CONSTANTES DO ANEXO “A”, DA LEI COMPLEMENTAR 83, DE 25 DE ABRIL DE 2007, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9075</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9075/lc_93_-_alteracao_da_contribuicao_portoprev.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9075/lc_93_-_alteracao_da_contribuicao_portoprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA CONTRIBUIÇÃO PREVISTA NO INCISO II DO ARTIGO 56 DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2.004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9076</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9076/lc_92_-_alteracao_do_anexo_b_da_lc_84.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9076/lc_92_-_alteracao_do_anexo_b_da_lc_84.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR Nº 84, DE 25 DE ABRIL DE 2.007, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9077</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9077/lc_91_-_alteracao_do_anexo_b_da_lc_83.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9077/lc_91_-_alteracao_do_anexo_b_da_lc_83.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “B” DA LEI COMPLEMENTAR Nº 83, DE 25 DE ABRIL DE 2.007, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9078</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9078/lc_90_-_alteracao_da_lc_85_-_saae.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9078/lc_90_-_alteracao_da_lc_85_-_saae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 085, DE 06 DE AGOSTO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9079</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9079/lc_89_-_cria_cargos_e_altera_anexo_a_da_lc_83.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9079/lc_89_-_cria_cargos_e_altera_anexo_a_da_lc_83.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº 83, DE 25 DE ABRIL DE 2.007, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9080</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9080/lc_88_-_cria_funcoes_gratificadas_junto_a_dir._adm..pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9080/lc_88_-_cria_funcoes_gratificadas_junto_a_dir._adm..pdf</t>
   </si>
   <si>
     <t>CRIA FUNÇÕES GRATIFICADAS JUNTO À DIRETORIA DE ADMINISTRAÇÃO, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9081</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9081/lc_87_-_forma_de_provimento_do_cargo_de_medico_veterinario_e_biologo.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9081/lc_87_-_forma_de_provimento_do_cargo_de_medico_veterinario_e_biologo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA FORMA DE PROVIMENTO DO CARGO DE MEDICO VETERINÁRIO E DE BIÓLOGO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9082</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9082/lc_86_-_estatuto_municipal_da_micro_e_pequena_empresa.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9082/lc_86_-_estatuto_municipal_da_micro_e_pequena_empresa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTATUTO MUNICIPAL DA MICROEMPRESA E DA EMPRESA DE PEQUENO PORTE, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9083</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9083/lc_85_-_alteracao_do_anexo_a_da_lc_77_e_dispositivo_da_lc_70.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9083/lc_85_-_alteracao_do_anexo_a_da_lc_77_e_dispositivo_da_lc_70.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “A” DA LEI COMPLEMENTAR Nº 77, DE 08 DE DEZEMBRO DE 2006 E ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 70 DE 27 DE MARÇO DE 2006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9084</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9084/lc_84_-_alteracao_de_dispositivo_da_lei_complementar_70.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9084/lc_84_-_alteracao_de_dispositivo_da_lei_complementar_70.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 070, DE 27 DE MARÇO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9085</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9085/lc_83_-_alteracao_do_anexo_a_da_lei_complementar_81.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9085/lc_83_-_alteracao_do_anexo_a_da_lei_complementar_81.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº 81, DE 17 DE JANEIRO DE 2.007, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9086</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9086/lc_82_-_alteracao_salarial_4_.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9086/lc_82_-_alteracao_salarial_4_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS VALORES CONSTANTES DO ANEXO B DA LEI COMPLEMENTAR Nº 67, DE 15 DE MARÇO DE 2.006, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9087</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9087/lc_81.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9087/lc_81.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº 79, DE 15 DE DEZEMBRO DE 2.006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9089</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9089/lc_80.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9089/lc_80.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE SERVIÇO DE BOMBEIROS, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9090/lc_79.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9090/lc_79.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº 73, DE 06 DE JULHO DE 2.006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9091/lc_78_-_plano_diretor.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9091/lc_78_-_plano_diretor.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DIRETOR DE DESENVOLVIMENTO INTEGRADO DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9092</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9092/lc_77.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9092/lc_77.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVOS DA LEI COMPLEMENTAR Nº 075, DE 05 DE OUTUBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9093</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9093/lc_76.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9093/lc_76.pdf</t>
   </si>
   <si>
     <t>9094</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9094/lc_75.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9094/lc_75.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO “A” DA LEI COMPLEMENTAR Nº 70, DE 27 DE MARÇO DE 2.006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9095</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9095/lc_74.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9095/lc_74.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 35, DE 17 DE AGOSTO DE 2001, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9096</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9096/lc_73.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9096/lc_73.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO ‘A’ DA LEI COMPLEMENTAR Nº 72, DE 05 DE MAIO DE 2.006, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9097</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9097/lc_72.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9097/lc_72.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE FISCAL DE SANEAMENTO AMBIENTAL JUNTO À DIRETORIA DE MEIO AMBIENTE, CRIA FUNÇÃO GRATIFICADA DE COORDENAÇÃO DE FISCALIZAÇÃO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9098</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9098/lc_71.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9098/lc_71.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO PREVIDENCIÁRIO CAPITALIZADO E DO FUNDO PREVIDENCIÁRIO FINANCEIRO, JUNTO AO PORTOPREV -, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9099</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9099/lc_70.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9099/lc_70.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA ESTRUTURA ADMINISTRATIVA E DO PADRÃO DE REFERÊNCIAS SALARIAIS DOS SERVIDORES DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9100</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9100/lc_69.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9100/lc_69.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO E ACRESCENTA O § 2º AO ART. 238, DA LEI COMPLEMENTAR 18, DE 9 DE DEZEMBRO DE 199, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9101</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9101/lc_68.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9101/lc_68.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º E O CAPUT DO ARTIGO 293 DA LEI COMPLEMENTAR Nº 18, DE 9 DE DEZEMBRO DE 1997, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9102</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9102/lc_67.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9102/lc_67.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA ESTRUTURA ADMINISTRATIVA E DO PADRÃO DE REFERÊNCIAS SALARIAIS DOS SERVIDORES DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9103</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9103/lc_66.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9103/lc_66.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO A DA LEI COMPLEMENTAR Nº 55, DE 26 DE ABRIL DE 2.004, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9104</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9104/lc_65.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9104/lc_65.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO II DO ARTIGO 56 DA LEI COMPLEMENTAR Nº 60, DE 06 DE DEZEMBRO DE 2.004, ACRESCENTASE-LHE PARÁGRAFO ÚNICO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9105</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9105/lc_64.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9105/lc_64.pdf</t>
   </si>
   <si>
     <t>9106</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9106/lc_63.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9106/lc_63.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE GRATIFICAÇÃO CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9107</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9107/lc_62.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9107/lc_62.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI COMPLEMENTAR 18, DE 9 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9108</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9108/lc_61.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9108/lc_61.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO E ALTERAÇÃO DE CARGOS JUNTO AO GABINETE DO DIRETOR, ENSINO FUNDAMENTAL E CENTRAL DE ALIMENTOS – DIRETORIA DE EDUCAÇÃO – CONSTANTE DO ANEXO A DA LEI COMPLEMENTAR Nº 55, DE 26 DE ABRIL DE 2.004, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9109</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9109/lc_60.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9109/lc_60.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PORTO FELIZ – PORTOPREV, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9110</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9110/lc_59.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9110/lc_59.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI COMPLEMENTAR 18, DE 9 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9111</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9111/lc_58.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9111/lc_58.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO V, DA LEI COMPLEMENTAR N.º 18, DE 09 DE DEZEMBRO DE 1997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9112</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9112/lc_57.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9112/lc_57.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 18, DE 09 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9113</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9113/lc_56.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9113/lc_56.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISO VII AO ARTIGO 32 DA LEI COMPLEMENTAR N.º 43, DE 07 DE NOVEMBRO DE 2002, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9114</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9114/lc_55.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9114/lc_55.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 32 E AO ANEXO “A” DA LEI COMPLEMENTAR Nº 43, DE 07 DE NOVEMBRO DE 2.002, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9115</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9115/lc_54.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9115/lc_54.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº 20, DE 06 DE ABRIL DE 1998 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9116</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9116/lc_53.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9116/lc_53.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO “A” DA LEI COMPLEMENTAR Nº 43, DE 07 DE NOVEMBRO DE 2.002, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9117</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9117/lc_52.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9117/lc_52.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9118</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9118/lc_51.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9118/lc_51.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO II, DO ARTIGO 32, DA LEI COMPLEMENTAR N.º 43, DE 07 DE NOVEMBRO DE 2002, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9119</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9119/lc_50.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9119/lc_50.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 47, DE 30 DE OUTUBRO DE 2.003, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9120</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9120/lc_49.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9120/lc_49.pdf</t>
   </si>
   <si>
     <t>9121</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9121/lc_48.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9121/lc_48.pdf</t>
   </si>
   <si>
     <t>9122</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9122/lc_47.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9122/lc_47.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE NOVAS LICENÇAS PARA BARES E ESTABELECIMENTOS SIMILARES, FIXA HORÁRIO DE FUNCIONAMENTO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9123</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9123/lc_46.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9123/lc_46.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO 1º DO ARTIGO 29 E AOS ANEXOS “A” E “B” DA LEI COMPLEMENTAR Nº 43, DE 07 DE NOVEMBRO DE 2.002, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9124</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9124/lc_45.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9124/lc_45.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE ARTIGOS, PARÁGRAFOS, INCISOS, ALÍNEAS E ANEXOS DA LEI COMPLEMENTAR N.º 20, DE 9 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9125</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9125/lc_44.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9125/lc_44.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE ARTIGOS, PARÁGRAFOS, INCISOS, ALÍNEAS E ANEXOS DA LEI COMPLEMENTAR N.º 18, DE 9 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9126</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9126/lc_43.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9126/lc_43.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9127</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9127/lc_42.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9127/lc_42.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DAS ÁREAS DE MEIO AMBIENTE E DE RESÍDUOS SÓLIDOS PARA A PREFEITURA DO MUNICÍPIO DE PORTO FELIZ, ALTERA O ANEXO “A” DA LEI COMPLEMENTAR Nº 40, DE 27 DE DEZEMBRO DE 2001 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9128/lc_41.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9128/lc_41.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 19, DE 06 DE ABRIL DE 1.998 E SEUS ANEXOS, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9129</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9129/lc_40.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9129/lc_40.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 20, DE 06 DE ABRIL DE 1998 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9130</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9130/lc_39.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9130/lc_39.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ANEXOS “A” E “B” DA LEI COMPLEMENTAR Nº 19, DE 06 DE ABRIL DE 1.998, E ALTERAÇÕES POSTERIORES, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9131</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9131/lc_38.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9131/lc_38.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE ARTIGOS, PARÁGRAFOS, ALÍNEAS, INCISOS E ANEXOS DA LEI COMPLEMENTAR N.º 18, DE 09 DE DEZEMBRO DE 1.997, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9132</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9132/lc_37.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9132/lc_37.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ANEXOS “A” E “B” DA LEI COMPLEMENTAR Nº 19, DE 06 DE ABRIL DE 1.998 E ALTERAÇÕES POSTERIORES, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9133</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9133/lc_36.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9133/lc_36.pdf</t>
   </si>
   <si>
     <t>9134</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9134/lc_35.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9134/lc_35.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE BENEFÍCIOS PARA PAGAMENTO DE DÉBITOS FISCAIS EM ATRASO, ESTABELECE NORMAS PARA A SUA COBRANÇA EXTRAJUDICIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9135</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9135/lc_34.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9135/lc_34.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI COMPLEMENTAR Nº 19, DE 06 DE ABRIL DE 1.998, QUE DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA PREFEITURA DO MUNICÍPIO DE PORTO FELIZ E DEFINE A POLÍTICA DE RECURSOS HUMANOS, ALTERA SEUS ANEXOS “A” e “B”, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9136</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9136/lc_18.pdf</t>
+    <t>http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9136/lc_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PORTO FELIZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3115,66 +3139,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9366/lc_258_-_criacao_do_auxilio_saude_prefeitura_saae_e_portoprev_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9365/lc_257_-_reajuste_salarial_prefeitura_saae_e_portoprev_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8913/lc_256_-_altera_a_lc60_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8915/lc_255_-_criacao_de_cargos_de_bombeiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8916/lc_254_-_criacao_de_funcao_gratificada_no_magisterio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8917/lc_253_-_criacao_do_cargo_de_chefe_de_setor_demanda_escolar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8918/lc_252_-_criacao_de_cargos_de_assessor_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8919/lc_251_-_exclusao_de_cargos_da_estrutura_administrativa_da_prefeitura_adin.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8920/lc_250_-_reajuste_salarial_prefeitura_saae_e_portoprev_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8921/lc_249_-_revoga_a_lc_235_de_2021_estrutura_administrativa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8922/lc_248_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/8914/lc_247_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8923/lc_246_-_criacao_de_cargos_junto_a_secretaria_de_educacao_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8924/lc_245_altera_lc60_-_composicao_conselhos_portoprev.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8925/lc_244_dispoe_sobre_o_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8926/lc_243_cria_cargo_de_tesoureiro_junto_ao_portoprev.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8927/lc_242_altera_contribuicao_de_custeio_portoprev.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8928/lc_241_altera_valores_piso_salarial_magisterio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8929/lc_240_cria_emprego_publico_de_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8930/lc_239_altera_lc179_-_requisitos_de_concurso_gcm.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8931/lc_238_altera_lc60_-_requisitos_de_pensao_por_morte.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8932/lc_237_alteracao_do_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8933/lc_236_alteracao_do_estatuto_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8934/lc_235_estrutura_administrativa_legislativa_da_camara_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8935/lc_234_alteracao_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_codigo_tributario_do_municipio_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8936/lc_233_reajuste_salarial_administracao_direta_e_indireta_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8937/lc_232_altera_a_lc_60_-_contribuicao_de_custeio_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8938/lc_231_altera_a_lc_60_-_comite_de_investimentos_retificada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8939/lc_230_institui_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8940/lc_229_organizacao_administrativa_superior_da_prefeitura_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8941/lc_228_revoga_os_paragrafos_1o_e_2o_do_art.93_da_lei_complementar_no_18.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8942/lc_227_contribuicao_custeio_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8943/lc_226_alteracao_do_codigo_tributario_-_parcelamento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8944/lc_225_alteracao_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8945/lc_224_alteracao_da_contribuicao_devida_ao_instituto_de_previdencia_social_do_municipio_de_porto_feliz_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8946/lc_223_reorganiza_a_estrutura_administrativa_da_prefeitura_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8947/lc_222_altera_e_acrescenta_dispositivos_a_lei_complementar_no_60_de_06_de_dezembro_de_2004_que_dispoe_sobre_a_criacao_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8948/lc_221.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8949/lc_220_altera_o_paragrafo_unico_do_art.74_da_lei_complementar_no_60.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8950/lc_219_-_alteracao_estrutura_adm_saae_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8952/lc_217_-_dispoe_sobre_alteracao_da_contribuicao_devida_ao_portoprev.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8953/lc_216_-_criacao_da_diretoria_de_planejamento_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8954/lc_215_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8955/lc_214__alteracao_lei_complementar_no_205_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8956/lc_213_lei_complementar_no_170_-_estrutura_adm_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8957/lc_212_-_lei_complementar_no_123_calcada.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8951/lc_218_-_extincao_e_criacao_de_cargo_de_psicologo_junto_a_secretaria_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8958/lc_211_-_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997__-__parcelamentodivida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8959/lc_210_alteracao_lei_complementar_no_60_que_trata_da_pensao_por_morte_dos_segurados_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8960/lc_209_-_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8961/lc_208_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8962/lc_207_grau_de_escolaridade_para_os_cargos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8963/lc_206_contribuicao_prevista_na_lei_complementar_no_60_de_06_de_dezembro_de_2004.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8964/lc_205_aumento_salarial_2.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8965/lc_204_alteracao_do_artigo_8o_da_lei_complementar_no_70_de_27_de_marco_de_2006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8966/lc_203_alteracao_da_lei_complementar_no_127_de_29_agosto_de_2011__que_trata_do_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publico_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8967/lc_202_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997_-_issqn.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8968/lc_201__alteracao_da_lei_complementar_n.o_18_de_9_de_dezembro_de_1997_-_planta_generica.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8969/lc_200_tabela_i_do_anexo_ii_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_aliquotas_-_iss.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8970/lc_199_revogacao_dos_artigos_42_e_43_da_lei_complementar_no_43_de_07_de_novembro_de_2.002.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8971/lc_198_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_que_trata_do_parcelamento_do_credito_tributario.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8972/lc_197_sobre_alteracao_dos_artigos_97_213_214_e_215_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8973/lc_196_alteracao_da_contribuicao_prevista_na_lei_complementar_no_189_de_16_de_maio_de_2016.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8974/lc_195_criacao_do_cargo_de_interventor_da_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8975/lc_194_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8976/lc_193_revogacao_da_lei_complementar_no_174_de_19_de_novembro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8977/lc_192_utilizacao_dos_depositos_judiciais_e_administrativos_em_dinheiro_tributarios_e_nao_tributarios_realizados_em_processos_vinculados_ao_poder_judiciario_do_estado_de_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8978/lc_191_dispoe_sobre_a_alteracao_do_anexo_ii__da_lei_complementar_181_de_marco_de_2016_referente_aos_cargos_cuidador-educador_e_auxiliar__de_cuidador-educador.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8979/lc_190_dispoe_cria_cargos_de_merendeira_no_quadro_unico_de_pessoal_do_poder_executivo_instituido_pela_lei_complementar_169_de_maio_de_2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8980/lc_189_dispoe_sobre_alteracao_da_contribuicao_prevista_no_artigo_2o_da_lei_comp_139_de_26_de_julho_de_2012_conforme_especifica_e_da_outras_pr.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8981/lc_188_dispoe_sobre_alteracoes_da_lei_comp_168_e_cria_e_extingue_cargos_e_funcoes_gratificadas_na_autarquia_de_servico_autonomo_de_agua_e_esgoto_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8982/lc_187_dispoe_sobre_alteracoes_da_lei_comp_127_e_lei_comp_130_que_tratam_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publicomunicipal.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8983/lc_186_dispoe_sobre_alteracao_do_anexo_ii_da_lei_comp_168_lei_comp_169_anexo_iii_da_lei_comp_170_estabelecem_as_tabelas_de_ref_graus_e_valores.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8984/lc_185_da_nova_redacao_ao_anexo_d_da_lei_complementar_174_de_19_novembro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8985/lc_184_dispoe_sobre_alteracao_da_lei_complementar_179_de_25_fevereiro_de_2016_que_dispoe_sobre_estatuto_da_gcm.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8986/lc_183_dispoe_sobre_alteracao_da_lei_complementar_166_de_29_abril_de_2015_que_altera.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8987/lc_182_dispoe_sobre_a_criacao_de_cargos_setor_e_alteracao_de_referencias_nas_leis_complementares_169.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8988/lc_181_dispoe_sobre_a_criacao_da_secretaria_municipal_de_assistencia_social_do_municipio_de_porto_feliz_define_suas_competencias_e_atribuicoes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8989/lc_179_dispoe_sobre_o_estatuto_da_guarda_civil_municipal_conforme_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8990/lc_178_dispoe_sobre_a_criacao_a_secretaria_municipal_de_seguranca_publica_conforme_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8991/lc_177_dispoe_sobre_a_criacao_do_fundo_municipal_de_assistencia_social_do_municipio_de_porto_feliz_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8992/lc_176_dispoe_sobre_a_estrutura_do_conselho_municipal_de_assistencia_social_do_municipio_de_porto_feliz_revoga_lei_n_3549_de_27_de_maio_de_1997.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8993/lc_175_alteracao_da_lei_complmentar_no_122_de_09_de_maio_de_2011_-_estatuto_das_gcm.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8994/lc_174_estrutura_administrativa-legislativa_da_camara_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8995/lc_173_acrescenta_os_artigos_1o-a_e_6o-a_a_lei_complementar_no_122_de_09_de_maio_de_2011_estatuto_da_guarda_civil_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8996/lc_172_criacao_de_funcoes_gratificadas_junto_a_secretaria_de_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8997/lc_171_nova_redacao_ao_anexo_i_da_lei_complementar_no_169.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8998/lc_170_reorganizacao_administrativa_e_plano_de_cargos_e_carreiras_dos_funcionarios_do_instituto_de_previdencia_social_dos_servidores_publicos_do_municipio_de_porto_feliz_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8999/lc_169_estrutura_administrativa_da_prefeitura_do_municipio_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9000/lc_168_estrutura_administrativa_plano_de_cargos_e_das_carreiras_-_saae.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9001/lc_167_dispoe_sobre_alteracao_do_anexo_ii_da_lei_complementar_no_164.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9002/lc_166_dispoe_sobre_alteracao_da_lei_complementar_no_127_de_04_de_abril_de_2011_e_da_lei_complementar_130_de_09_de_novembro_de_2011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9003/lc_165_alteracao_do_anexo_iv_da_lei_complementar_no_119_de_28_de_fevereiro_de_2011_e_suas_alteracoes_posteriores.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9004/lc_164_estrutura_administrativa_saae1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9005/lc_163_executivo_municipal_a_outorgar_contrato_de_doacao_no_ambito_da_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9006/lc_162_dispoe_sobre_alteracao_da_lei_complementar_no_60_de_06_de_dezembro_de_2004_-_organizacao_adm_portoprev.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9007/lc_161_alteracao_da_referencia_salarial_do_cargo_de_agente__de_controle_de__vetores_e__do_anexo_l_da_lei_complementar_no_159.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9008/lc_160_cria_o_anexo_de_medidas_mitigadoras_de_que_trata_o_artigo_96_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9009/lc_159_-_alteracao_do_anexo_l_da_lei_complementar_154.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9010/lc_158_alteracao_do_anexo__b__da_lei_complementar_no_147_de_19_de_abril_de_2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9011/lc_157_alteracao_do_anexo_iv_da_lei_complementar_no_146_de_09_de_abril_de_2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9012/lc_156_altera_disposicoes_da_lei_complementar_no_122_de_09_de_maio_de_2011_modificada_pela_lei_complementar_no_126_de_30_de_junho_de_2011.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9013/lc_155_da_nova_redacao_ao_artigo_69_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9014/lc_154_dispoe_sobre_alteracao_do_anexo_l_da_lei_complementar_no_144_de_28_de_fevereiro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9015/lc_153_criacao_de_zona_especial_de_interesse_social_nas_areas_consolidadas_dos_assentamentos_irregulares_no_municipio_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9016/lc_152_-_altera_lei_complementar_80.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9017/lc_151_-_altera_lei_complementar_127.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9018/lc_150_-_altera_lei_complementar_18.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9019/lc_149_-_revogacao_de_artigo_da_lc_no_122.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9020/lc_148_-_alteracao_dispositivos_da_lc_no_118.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9021/lc_147_-_alteracao_do_anexo_b_da_lc_no_136.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9022/lc_146_-_alteracao_do_anexos_iv_v_vi_e_vii_da_lc_no127_e__dos_anexos_ii_e_iii_da_lc_no130.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9023/lc_145_-_alteracao_do_anexo_iv_da_lei_complementar_no134_de_2012.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9024/lc_144_-_criacao_de_cargos_e_alteracao_da_lei_complementar_no137.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9025/lc_143_-_alteracao_da_lei_complementar_135.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9026/lc_142_-_alteracao_da_lei_complementar_127.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9027/lc_141_-_alteracao_da_lei_complementar_127.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9028/lc_140_-_criacao_de_cargo_e_alteracao_da_lc_127..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9029/lc_139_-_alteracao_da_contribuicao_prevista_no_art_56_da_lc_60..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9030/lc_138_-_alteracao_da_lc_127..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9031/lc_137_-_dispoe_sobre_alteracao_de_cargos_e_da_lc_132.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9032/lc_136_-_alteracao_do_anexo_b_da_lc_121.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9033/lc_135_-_estatuto_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9034/lc_134_-_alteracao_do_anexo_iv_da_lc_132.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9035/lc_133_-_alteracao_da_lc_60_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9036/lc_132_-_alteracao_da_lc_125.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9037/lc_131_-_alteracao_da_lc_125.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9038/lc_130_-_alteracao_da_lei_no_3.454_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9039/lc_129_-_alteracao_da_lc_12__alterada_pela_lc_126.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9040/lc_128_-_altera_dispositivos_da_lc_122_alterada_pela_lc_126.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9041/lc_127_-_estatuto_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9042/lc_126_-_altera_disposicoes_da_lc_122.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9043/lc_125_-_alteracao_da_lc_119.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9044/lc_124_-_isencao_ou_remissao_do_iptu_de_imoveis_atingidos_por_enchentes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9045/lc_123_-_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9046/lc_122_-_estatuto_da_gcm.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9047/lc_121_-_alteracao_do_anexo_b_da_lc_113.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9048/lc_120_-_alteracao_do_anexo_iv_da_lc_119.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9049/lc_119_-_ciracao_de_cargos_e_a_alteracao_da_lc_116.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9050/lc_118_-_altera_dispositivos_da_lc_114.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9051/lc_117_-_institui_a_contribuicao_para_custeio_do_servico_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9052/lc_116_-_criacao_de_cargos_alteraao_da_lc_112_.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9053/lc_115_-_altera_contribuicao_prevista_art56_da_lc60.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9054/lc_114_-_alteracao_da_lc_109_-_saae.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9055/lc_113_-_alteracao_do_anexo_b_da_lc_109_-_saae.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9056/lc_112_-_alteracao_da_lc_108_-_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9057/lc_111_-_alteracao_do_art_77_da_lc_60.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9058/lc_110_-_altera_os_anexos_m4_e_m5_da_lc_78.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9059/lc_109_-_estrutura_administrativa_saae.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9060/lc_108_-_estrutura_administrativa_pmpf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9061/lc_107_-_planta_generica_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9062/lc_106_-_alteracao_da_lc_106_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9063/lc_105_-_alteracao_da_lc_99_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9064/lc_104_-_alteracao_da_lc_90_-_saae.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9065/lc_103_-_altera_contribuicao_patronal_portoprev.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9066/lc_102_-_alteracao_do_anexo_b_da_lc_90.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9067/lc_101_-_alteracao_salarial_7.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9068/lc_100_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9069/lc_99_-_criacao_de_cargos_alteracao_do_anexo_a_da_lc_89.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9070/lc_98_-_alteracao_lc_18.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9071/lc_97_-_alteracao_da_lc_18.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9072/lc_96_-_devolucao_de_valores_aos_cofres_publicos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9073/lc_95_-_alteracao_do_art_93_da_lc_60.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9074/lc_94_-_extincao_e_criacao_de_cargos_da_lei__83.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9075/lc_93_-_alteracao_da_contribuicao_portoprev.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9076/lc_92_-_alteracao_do_anexo_b_da_lc_84.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9077/lc_91_-_alteracao_do_anexo_b_da_lc_83.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9078/lc_90_-_alteracao_da_lc_85_-_saae.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9079/lc_89_-_cria_cargos_e_altera_anexo_a_da_lc_83.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9080/lc_88_-_cria_funcoes_gratificadas_junto_a_dir._adm..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9081/lc_87_-_forma_de_provimento_do_cargo_de_medico_veterinario_e_biologo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9082/lc_86_-_estatuto_municipal_da_micro_e_pequena_empresa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9083/lc_85_-_alteracao_do_anexo_a_da_lc_77_e_dispositivo_da_lc_70.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9084/lc_84_-_alteracao_de_dispositivo_da_lei_complementar_70.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9085/lc_83_-_alteracao_do_anexo_a_da_lei_complementar_81.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9086/lc_82_-_alteracao_salarial_4_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9087/lc_81.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9089/lc_80.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9090/lc_79.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9091/lc_78_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9092/lc_77.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9093/lc_76.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9094/lc_75.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9095/lc_74.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9096/lc_73.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9097/lc_72.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9098/lc_71.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9099/lc_70.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9100/lc_69.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9101/lc_68.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9102/lc_67.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9103/lc_66.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9104/lc_65.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9105/lc_64.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9106/lc_63.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9107/lc_62.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9108/lc_61.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9109/lc_60.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9110/lc_59.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9111/lc_58.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9112/lc_57.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9113/lc_56.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9114/lc_55.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9115/lc_54.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9116/lc_53.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9117/lc_52.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9118/lc_51.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9119/lc_50.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9120/lc_49.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9121/lc_48.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9122/lc_47.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9123/lc_46.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9124/lc_45.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9125/lc_44.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9126/lc_43.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9127/lc_42.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9128/lc_41.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9129/lc_40.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9130/lc_39.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9131/lc_38.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9132/lc_37.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9133/lc_36.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9134/lc_35.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9135/lc_34.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9136/lc_18.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9425/lc_262_-_alteracoes_dos_artigos_3o_e_4o_da_lei_complementar_no_260_de_23_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9424/lc_261_-_criacao_de_vagas_para_cargos_de_provimento_efetivo_e_para_funcoes_gratificadas_-secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9366/lc_258_-_criacao_do_auxilio_saude_prefeitura_saae_e_portoprev_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2025/9365/lc_257_-_reajuste_salarial_prefeitura_saae_e_portoprev_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8913/lc_256_-_altera_a_lc60_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8915/lc_255_-_criacao_de_cargos_de_bombeiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8916/lc_254_-_criacao_de_funcao_gratificada_no_magisterio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8917/lc_253_-_criacao_do_cargo_de_chefe_de_setor_demanda_escolar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8918/lc_252_-_criacao_de_cargos_de_assessor_de_secretaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8919/lc_251_-_exclusao_de_cargos_da_estrutura_administrativa_da_prefeitura_adin.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8920/lc_250_-_reajuste_salarial_prefeitura_saae_e_portoprev_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8921/lc_249_-_revoga_a_lc_235_de_2021_estrutura_administrativa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2024/8922/lc_248_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2023/8914/lc_247_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8923/lc_246_-_criacao_de_cargos_junto_a_secretaria_de_educacao_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8924/lc_245_altera_lc60_-_composicao_conselhos_portoprev.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8925/lc_244_dispoe_sobre_o_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8926/lc_243_cria_cargo_de_tesoureiro_junto_ao_portoprev.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8927/lc_242_altera_contribuicao_de_custeio_portoprev.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8928/lc_241_altera_valores_piso_salarial_magisterio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8929/lc_240_cria_emprego_publico_de_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8930/lc_239_altera_lc179_-_requisitos_de_concurso_gcm.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8931/lc_238_altera_lc60_-_requisitos_de_pensao_por_morte.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8932/lc_237_alteracao_do_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2022/8933/lc_236_alteracao_do_estatuto_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8934/lc_235_estrutura_administrativa_legislativa_da_camara_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8935/lc_234_alteracao_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_codigo_tributario_do_municipio_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8936/lc_233_reajuste_salarial_administracao_direta_e_indireta_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8937/lc_232_altera_a_lc_60_-_contribuicao_de_custeio_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8938/lc_231_altera_a_lc_60_-_comite_de_investimentos_retificada.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8939/lc_230_institui_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8940/lc_229_organizacao_administrativa_superior_da_prefeitura_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8941/lc_228_revoga_os_paragrafos_1o_e_2o_do_art.93_da_lei_complementar_no_18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8942/lc_227_contribuicao_custeio_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2021/8943/lc_226_alteracao_do_codigo_tributario_-_parcelamento.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8944/lc_225_alteracao_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8945/lc_224_alteracao_da_contribuicao_devida_ao_instituto_de_previdencia_social_do_municipio_de_porto_feliz_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8946/lc_223_reorganiza_a_estrutura_administrativa_da_prefeitura_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8947/lc_222_altera_e_acrescenta_dispositivos_a_lei_complementar_no_60_de_06_de_dezembro_de_2004_que_dispoe_sobre_a_criacao_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8948/lc_221.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8949/lc_220_altera_o_paragrafo_unico_do_art.74_da_lei_complementar_no_60.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2020/8950/lc_219_-_alteracao_estrutura_adm_saae_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8952/lc_217_-_dispoe_sobre_alteracao_da_contribuicao_devida_ao_portoprev.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8953/lc_216_-_criacao_da_diretoria_de_planejamento_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8954/lc_215_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8955/lc_214__alteracao_lei_complementar_no_205_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8956/lc_213_lei_complementar_no_170_-_estrutura_adm_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8957/lc_212_-_lei_complementar_no_123_calcada.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8951/lc_218_-_extincao_e_criacao_de_cargo_de_psicologo_junto_a_secretaria_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8958/lc_211_-_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997__-__parcelamentodivida.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8959/lc_210_alteracao_lei_complementar_no_60_que_trata_da_pensao_por_morte_dos_segurados_do_portoprev.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2019/8960/lc_209_-_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8961/lc_208_alteracao_do_artigo_24_da_lei_complementar_no_203_de_20_de_novembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8962/lc_207_grau_de_escolaridade_para_os_cargos.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8963/lc_206_contribuicao_prevista_na_lei_complementar_no_60_de_06_de_dezembro_de_2004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8964/lc_205_aumento_salarial_2.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2018/8965/lc_204_alteracao_do_artigo_8o_da_lei_complementar_no_70_de_27_de_marco_de_2006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8966/lc_203_alteracao_da_lei_complementar_no_127_de_29_agosto_de_2011__que_trata_do_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publico_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8967/lc_202_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997_-_issqn.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8968/lc_201__alteracao_da_lei_complementar_n.o_18_de_9_de_dezembro_de_1997_-_planta_generica.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8969/lc_200_tabela_i_do_anexo_ii_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_aliquotas_-_iss.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8970/lc_199_revogacao_dos_artigos_42_e_43_da_lei_complementar_no_43_de_07_de_novembro_de_2.002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8971/lc_198_alteracao_do_artigo_226_da_lei_complementar_no_18_de_09_de_dezembro_de_1997_que_trata_do_parcelamento_do_credito_tributario.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8972/lc_197_sobre_alteracao_dos_artigos_97_213_214_e_215_da_lei_complementar_no_18_de_09_de_dezembro_de_1.997_-_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8973/lc_196_alteracao_da_contribuicao_prevista_na_lei_complementar_no_189_de_16_de_maio_de_2016.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8974/lc_195_criacao_do_cargo_de_interventor_da_santa_casa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8975/lc_194_alteracao_da_lei_complementar_no_18_de_9_de_dezembro_de_1997.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2017/8976/lc_193_revogacao_da_lei_complementar_no_174_de_19_de_novembro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8977/lc_192_utilizacao_dos_depositos_judiciais_e_administrativos_em_dinheiro_tributarios_e_nao_tributarios_realizados_em_processos_vinculados_ao_poder_judiciario_do_estado_de_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8978/lc_191_dispoe_sobre_a_alteracao_do_anexo_ii__da_lei_complementar_181_de_marco_de_2016_referente_aos_cargos_cuidador-educador_e_auxiliar__de_cuidador-educador.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8979/lc_190_dispoe_cria_cargos_de_merendeira_no_quadro_unico_de_pessoal_do_poder_executivo_instituido_pela_lei_complementar_169_de_maio_de_2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8980/lc_189_dispoe_sobre_alteracao_da_contribuicao_prevista_no_artigo_2o_da_lei_comp_139_de_26_de_julho_de_2012_conforme_especifica_e_da_outras_pr.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8981/lc_188_dispoe_sobre_alteracoes_da_lei_comp_168_e_cria_e_extingue_cargos_e_funcoes_gratificadas_na_autarquia_de_servico_autonomo_de_agua_e_esgoto_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8982/lc_187_dispoe_sobre_alteracoes_da_lei_comp_127_e_lei_comp_130_que_tratam_estatuto_e_plano_de_carreira_cargos_e_remuneracao_do_magisterio_publicomunicipal.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8983/lc_186_dispoe_sobre_alteracao_do_anexo_ii_da_lei_comp_168_lei_comp_169_anexo_iii_da_lei_comp_170_estabelecem_as_tabelas_de_ref_graus_e_valores.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8984/lc_185_da_nova_redacao_ao_anexo_d_da_lei_complementar_174_de_19_novembro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8985/lc_184_dispoe_sobre_alteracao_da_lei_complementar_179_de_25_fevereiro_de_2016_que_dispoe_sobre_estatuto_da_gcm.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8986/lc_183_dispoe_sobre_alteracao_da_lei_complementar_166_de_29_abril_de_2015_que_altera.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8987/lc_182_dispoe_sobre_a_criacao_de_cargos_setor_e_alteracao_de_referencias_nas_leis_complementares_169.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8988/lc_181_dispoe_sobre_a_criacao_da_secretaria_municipal_de_assistencia_social_do_municipio_de_porto_feliz_define_suas_competencias_e_atribuicoes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8989/lc_179_dispoe_sobre_o_estatuto_da_guarda_civil_municipal_conforme_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8990/lc_178_dispoe_sobre_a_criacao_a_secretaria_municipal_de_seguranca_publica_conforme_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8991/lc_177_dispoe_sobre_a_criacao_do_fundo_municipal_de_assistencia_social_do_municipio_de_porto_feliz_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8992/lc_176_dispoe_sobre_a_estrutura_do_conselho_municipal_de_assistencia_social_do_municipio_de_porto_feliz_revoga_lei_n_3549_de_27_de_maio_de_1997.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2016/8993/lc_175_alteracao_da_lei_complmentar_no_122_de_09_de_maio_de_2011_-_estatuto_das_gcm.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8994/lc_174_estrutura_administrativa-legislativa_da_camara_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8995/lc_173_acrescenta_os_artigos_1o-a_e_6o-a_a_lei_complementar_no_122_de_09_de_maio_de_2011_estatuto_da_guarda_civil_municipal_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8996/lc_172_criacao_de_funcoes_gratificadas_junto_a_secretaria_de_obras_publicas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8997/lc_171_nova_redacao_ao_anexo_i_da_lei_complementar_no_169.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8998/lc_170_reorganizacao_administrativa_e_plano_de_cargos_e_carreiras_dos_funcionarios_do_instituto_de_previdencia_social_dos_servidores_publicos_do_municipio_de_porto_feliz_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/8999/lc_169_estrutura_administrativa_da_prefeitura_do_municipio_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9000/lc_168_estrutura_administrativa_plano_de_cargos_e_das_carreiras_-_saae.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9001/lc_167_dispoe_sobre_alteracao_do_anexo_ii_da_lei_complementar_no_164.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9002/lc_166_dispoe_sobre_alteracao_da_lei_complementar_no_127_de_04_de_abril_de_2011_e_da_lei_complementar_130_de_09_de_novembro_de_2011.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9003/lc_165_alteracao_do_anexo_iv_da_lei_complementar_no_119_de_28_de_fevereiro_de_2011_e_suas_alteracoes_posteriores.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2015/9004/lc_164_estrutura_administrativa_saae1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9005/lc_163_executivo_municipal_a_outorgar_contrato_de_doacao_no_ambito_da_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9006/lc_162_dispoe_sobre_alteracao_da_lei_complementar_no_60_de_06_de_dezembro_de_2004_-_organizacao_adm_portoprev.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9007/lc_161_alteracao_da_referencia_salarial_do_cargo_de_agente__de_controle_de__vetores_e__do_anexo_l_da_lei_complementar_no_159.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9008/lc_160_cria_o_anexo_de_medidas_mitigadoras_de_que_trata_o_artigo_96_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9009/lc_159_-_alteracao_do_anexo_l_da_lei_complementar_154.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9010/lc_158_alteracao_do_anexo__b__da_lei_complementar_no_147_de_19_de_abril_de_2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9011/lc_157_alteracao_do_anexo_iv_da_lei_complementar_no_146_de_09_de_abril_de_2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2014/9012/lc_156_altera_disposicoes_da_lei_complementar_no_122_de_09_de_maio_de_2011_modificada_pela_lei_complementar_no_126_de_30_de_junho_de_2011.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9013/lc_155_da_nova_redacao_ao_artigo_69_da_lei_complementar_no_78_de_15_de_dezembro_de_2006.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9014/lc_154_dispoe_sobre_alteracao_do_anexo_l_da_lei_complementar_no_144_de_28_de_fevereiro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9015/lc_153_criacao_de_zona_especial_de_interesse_social_nas_areas_consolidadas_dos_assentamentos_irregulares_no_municipio_de_porto_feliz.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9016/lc_152_-_altera_lei_complementar_80.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9017/lc_151_-_altera_lei_complementar_127.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9018/lc_150_-_altera_lei_complementar_18.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9019/lc_149_-_revogacao_de_artigo_da_lc_no_122.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9020/lc_148_-_alteracao_dispositivos_da_lc_no_118.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9021/lc_147_-_alteracao_do_anexo_b_da_lc_no_136.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9022/lc_146_-_alteracao_do_anexos_iv_v_vi_e_vii_da_lc_no127_e__dos_anexos_ii_e_iii_da_lc_no130.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9023/lc_145_-_alteracao_do_anexo_iv_da_lei_complementar_no134_de_2012.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9024/lc_144_-_criacao_de_cargos_e_alteracao_da_lei_complementar_no137.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9025/lc_143_-_alteracao_da_lei_complementar_135.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2013/9026/lc_142_-_alteracao_da_lei_complementar_127.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9027/lc_141_-_alteracao_da_lei_complementar_127.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9028/lc_140_-_criacao_de_cargo_e_alteracao_da_lc_127..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9029/lc_139_-_alteracao_da_contribuicao_prevista_no_art_56_da_lc_60..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9030/lc_138_-_alteracao_da_lc_127..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9031/lc_137_-_dispoe_sobre_alteracao_de_cargos_e_da_lc_132.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9032/lc_136_-_alteracao_do_anexo_b_da_lc_121.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9033/lc_135_-_estatuto_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2012/9034/lc_134_-_alteracao_do_anexo_iv_da_lc_132.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9035/lc_133_-_alteracao_da_lc_60_-_portoprev.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9036/lc_132_-_alteracao_da_lc_125.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9037/lc_131_-_alteracao_da_lc_125.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9038/lc_130_-_alteracao_da_lei_no_3.454_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9039/lc_129_-_alteracao_da_lc_12__alterada_pela_lc_126.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9040/lc_128_-_altera_dispositivos_da_lc_122_alterada_pela_lc_126.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9041/lc_127_-_estatuto_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9042/lc_126_-_altera_disposicoes_da_lc_122.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9043/lc_125_-_alteracao_da_lc_119.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9044/lc_124_-_isencao_ou_remissao_do_iptu_de_imoveis_atingidos_por_enchentes.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9045/lc_123_-_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9046/lc_122_-_estatuto_da_gcm.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9047/lc_121_-_alteracao_do_anexo_b_da_lc_113.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9048/lc_120_-_alteracao_do_anexo_iv_da_lc_119.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9049/lc_119_-_ciracao_de_cargos_e_a_alteracao_da_lc_116.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2011/9050/lc_118_-_altera_dispositivos_da_lc_114.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9051/lc_117_-_institui_a_contribuicao_para_custeio_do_servico_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9052/lc_116_-_criacao_de_cargos_alteraao_da_lc_112_.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9053/lc_115_-_altera_contribuicao_prevista_art56_da_lc60.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9054/lc_114_-_alteracao_da_lc_109_-_saae.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9055/lc_113_-_alteracao_do_anexo_b_da_lc_109_-_saae.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9056/lc_112_-_alteracao_da_lc_108_-_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2010/9057/lc_111_-_alteracao_do_art_77_da_lc_60.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9058/lc_110_-_altera_os_anexos_m4_e_m5_da_lc_78.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9059/lc_109_-_estrutura_administrativa_saae.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9060/lc_108_-_estrutura_administrativa_pmpf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9061/lc_107_-_planta_generica_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9062/lc_106_-_alteracao_da_lc_106_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9063/lc_105_-_alteracao_da_lc_99_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9064/lc_104_-_alteracao_da_lc_90_-_saae.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9065/lc_103_-_altera_contribuicao_patronal_portoprev.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9066/lc_102_-_alteracao_do_anexo_b_da_lc_90.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9067/lc_101_-_alteracao_salarial_7.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9068/lc_100_-_contribuicao_de_melhoria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9069/lc_99_-_criacao_de_cargos_alteracao_do_anexo_a_da_lc_89.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2009/9070/lc_98_-_alteracao_lc_18.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9071/lc_97_-_alteracao_da_lc_18.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9072/lc_96_-_devolucao_de_valores_aos_cofres_publicos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9073/lc_95_-_alteracao_do_art_93_da_lc_60.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9074/lc_94_-_extincao_e_criacao_de_cargos_da_lei__83.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9075/lc_93_-_alteracao_da_contribuicao_portoprev.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9076/lc_92_-_alteracao_do_anexo_b_da_lc_84.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9077/lc_91_-_alteracao_do_anexo_b_da_lc_83.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9078/lc_90_-_alteracao_da_lc_85_-_saae.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2008/9079/lc_89_-_cria_cargos_e_altera_anexo_a_da_lc_83.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9080/lc_88_-_cria_funcoes_gratificadas_junto_a_dir._adm..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9081/lc_87_-_forma_de_provimento_do_cargo_de_medico_veterinario_e_biologo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9082/lc_86_-_estatuto_municipal_da_micro_e_pequena_empresa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9083/lc_85_-_alteracao_do_anexo_a_da_lc_77_e_dispositivo_da_lc_70.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9084/lc_84_-_alteracao_de_dispositivo_da_lei_complementar_70.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9085/lc_83_-_alteracao_do_anexo_a_da_lei_complementar_81.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9086/lc_82_-_alteracao_salarial_4_.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2007/9087/lc_81.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9089/lc_80.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9090/lc_79.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9091/lc_78_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9092/lc_77.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9093/lc_76.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9094/lc_75.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9095/lc_74.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9096/lc_73.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9097/lc_72.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9098/lc_71.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9099/lc_70.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9100/lc_69.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9101/lc_68.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9102/lc_67.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9103/lc_66.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2006/9104/lc_65.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9105/lc_64.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9106/lc_63.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9107/lc_62.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2005/9108/lc_61.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9109/lc_60.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9110/lc_59.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9111/lc_58.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9112/lc_57.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9113/lc_56.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9114/lc_55.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2004/9115/lc_54.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9116/lc_53.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9117/lc_52.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9118/lc_51.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9119/lc_50.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9120/lc_49.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9121/lc_48.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9122/lc_47.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2003/9123/lc_46.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9124/lc_45.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9125/lc_44.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9126/lc_43.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9127/lc_42.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2002/9128/lc_41.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9129/lc_40.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9130/lc_39.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9131/lc_38.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9132/lc_37.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9133/lc_36.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9134/lc_35.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/2001/9135/lc_34.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.portofeliz.sp.leg.br/media/sapl/public/normajuridica/1997/9136/lc_18.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G226"/>
+  <dimension ref="A1:G228"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="245" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="244.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3208,5172 +3232,5218 @@
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C14" t="s">
+      <c r="G14" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="G15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C17" t="s">
         <v>73</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C18" t="s">
         <v>77</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C19" t="s">
         <v>81</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>84</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C20" t="s">
         <v>85</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G20" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>88</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G21" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>92</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>93</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>96</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
         <v>97</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>98</v>
       </c>
       <c r="G23" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>101</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>102</v>
       </c>
       <c r="G24" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>104</v>
       </c>
       <c r="B25" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" t="s">
         <v>105</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" t="s">
         <v>109</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="1" t="s">
+      <c r="G26" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C27" t="s">
         <v>114</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G28" t="s">
-        <v>79</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G29" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G30" t="s">
-        <v>126</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G31" t="s">
-        <v>130</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C32" t="s">
         <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C33" t="s">
         <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>139</v>
       </c>
       <c r="B34" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s">
         <v>140</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
+        <v>113</v>
+      </c>
+      <c r="C35" t="s">
         <v>144</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" s="1" t="s">
+      <c r="G35" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
+        <v>113</v>
+      </c>
+      <c r="C36" t="s">
         <v>148</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" s="1" t="s">
+      <c r="G36" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C37" t="s">
         <v>153</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G37" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C38" t="s">
         <v>157</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>158</v>
       </c>
       <c r="G38" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C39" t="s">
         <v>161</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>162</v>
       </c>
       <c r="G39" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>164</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C40" t="s">
         <v>165</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>166</v>
       </c>
       <c r="G40" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>168</v>
       </c>
       <c r="B41" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
         <v>169</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="G41" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>172</v>
       </c>
       <c r="B42" t="s">
+        <v>152</v>
+      </c>
+      <c r="C42" t="s">
         <v>173</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="G42" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>152</v>
+      </c>
+      <c r="C43" t="s">
         <v>177</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C44" t="s">
         <v>182</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G44" t="s">
-        <v>71</v>
+        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B45" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C45" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G45" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B46" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C46" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G46" t="s">
-        <v>191</v>
+        <v>79</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>192</v>
       </c>
       <c r="B47" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C47" t="s">
         <v>193</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G47" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>196</v>
       </c>
       <c r="B48" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C48" t="s">
         <v>197</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>198</v>
       </c>
       <c r="G48" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>200</v>
       </c>
       <c r="B49" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C49" t="s">
         <v>201</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>202</v>
       </c>
       <c r="G49" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>204</v>
       </c>
       <c r="B50" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C50" t="s">
         <v>205</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>206</v>
       </c>
       <c r="G50" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>208</v>
       </c>
       <c r="B51" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="C51" t="s">
         <v>209</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>210</v>
       </c>
       <c r="G51" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>212</v>
       </c>
       <c r="B52" t="s">
+        <v>181</v>
+      </c>
+      <c r="C52" t="s">
         <v>213</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="1" t="s">
+      <c r="G52" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>216</v>
       </c>
       <c r="B53" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="C53" t="s">
         <v>217</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="G53" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>220</v>
       </c>
       <c r="B54" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="C54" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G54" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>224</v>
       </c>
       <c r="B55" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="C55" t="s">
         <v>225</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="G55" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>228</v>
       </c>
       <c r="B56" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="C56" t="s">
         <v>229</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="G56" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>232</v>
       </c>
       <c r="B57" t="s">
+        <v>221</v>
+      </c>
+      <c r="C57" t="s">
         <v>233</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D57" t="s">
-[...5 lines deleted...]
-      <c r="F57" s="1" t="s">
+      <c r="G57" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>236</v>
+      </c>
+      <c r="B58" t="s">
+        <v>221</v>
+      </c>
+      <c r="C58" t="s">
         <v>237</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D58" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="1" t="s">
+      <c r="G58" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>240</v>
+      </c>
+      <c r="B59" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C59" t="s">
         <v>242</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>243</v>
       </c>
       <c r="G59" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>245</v>
       </c>
       <c r="B60" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C60" t="s">
         <v>246</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>247</v>
       </c>
       <c r="G60" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>249</v>
       </c>
       <c r="B61" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C61" t="s">
         <v>250</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>251</v>
       </c>
       <c r="G61" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>253</v>
       </c>
       <c r="B62" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C62" t="s">
         <v>254</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>255</v>
       </c>
       <c r="G62" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>257</v>
       </c>
       <c r="B63" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C63" t="s">
         <v>258</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>259</v>
       </c>
       <c r="G63" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>261</v>
       </c>
       <c r="B64" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C64" t="s">
         <v>262</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>263</v>
       </c>
       <c r="G64" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>265</v>
       </c>
       <c r="B65" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C65" t="s">
         <v>266</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>267</v>
       </c>
       <c r="G65" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>269</v>
       </c>
       <c r="B66" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C66" t="s">
         <v>270</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G66" t="s">
-        <v>240</v>
+        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B67" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C67" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="G67" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B68" t="s">
-        <v>277</v>
+        <v>241</v>
       </c>
       <c r="C68" t="s">
         <v>278</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>279</v>
       </c>
       <c r="G68" t="s">
-        <v>280</v>
+        <v>248</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" t="s">
+        <v>241</v>
+      </c>
+      <c r="C69" t="s">
         <v>281</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D69" t="s">
-[...5 lines deleted...]
-      <c r="F69" s="1" t="s">
+      <c r="G69" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
+        <v>284</v>
+      </c>
+      <c r="B70" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C70" t="s">
         <v>286</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>287</v>
       </c>
       <c r="G70" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>289</v>
       </c>
       <c r="B71" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C71" t="s">
         <v>290</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>291</v>
       </c>
       <c r="G71" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>293</v>
       </c>
       <c r="B72" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C72" t="s">
         <v>294</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G72" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>297</v>
       </c>
       <c r="B73" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C73" t="s">
         <v>298</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>299</v>
       </c>
       <c r="G73" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>301</v>
       </c>
       <c r="B74" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C74" t="s">
         <v>302</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>303</v>
       </c>
       <c r="G74" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>305</v>
       </c>
       <c r="B75" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C75" t="s">
         <v>306</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>307</v>
       </c>
       <c r="G75" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>309</v>
       </c>
       <c r="B76" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C76" t="s">
         <v>310</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>311</v>
       </c>
       <c r="G76" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>313</v>
       </c>
       <c r="B77" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C77" t="s">
         <v>314</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>315</v>
       </c>
       <c r="G77" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>317</v>
       </c>
       <c r="B78" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C78" t="s">
         <v>318</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G78" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>321</v>
       </c>
       <c r="B79" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C79" t="s">
         <v>322</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>323</v>
       </c>
       <c r="G79" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>325</v>
       </c>
       <c r="B80" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C80" t="s">
         <v>326</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>327</v>
       </c>
       <c r="G80" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>329</v>
       </c>
       <c r="B81" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C81" t="s">
         <v>330</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>331</v>
       </c>
       <c r="G81" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>333</v>
       </c>
       <c r="B82" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C82" t="s">
         <v>334</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>335</v>
       </c>
       <c r="G82" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>337</v>
       </c>
       <c r="B83" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C83" t="s">
         <v>338</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>339</v>
       </c>
       <c r="G83" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>341</v>
       </c>
       <c r="B84" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C84" t="s">
         <v>342</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>343</v>
       </c>
       <c r="G84" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>345</v>
       </c>
       <c r="B85" t="s">
+        <v>285</v>
+      </c>
+      <c r="C85" t="s">
         <v>346</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="D85" t="s">
-[...5 lines deleted...]
-      <c r="F85" s="1" t="s">
+      <c r="G85" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>349</v>
       </c>
       <c r="B86" t="s">
-        <v>346</v>
+        <v>285</v>
       </c>
       <c r="C86" t="s">
         <v>350</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>351</v>
       </c>
       <c r="G86" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>353</v>
       </c>
       <c r="B87" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C87" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G87" t="s">
-        <v>356</v>
+        <v>116</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>357</v>
       </c>
       <c r="B88" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C88" t="s">
         <v>358</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G88" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>361</v>
       </c>
       <c r="B89" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C89" t="s">
         <v>362</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>363</v>
       </c>
       <c r="G89" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>365</v>
       </c>
       <c r="B90" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C90" t="s">
         <v>366</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>367</v>
       </c>
       <c r="G90" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>369</v>
       </c>
       <c r="B91" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C91" t="s">
         <v>370</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>371</v>
       </c>
       <c r="G91" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>373</v>
       </c>
       <c r="B92" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C92" t="s">
         <v>374</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="G92" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>377</v>
       </c>
       <c r="B93" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C93" t="s">
         <v>378</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>379</v>
       </c>
       <c r="G93" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>381</v>
       </c>
       <c r="B94" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C94" t="s">
         <v>382</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>383</v>
       </c>
       <c r="G94" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>385</v>
       </c>
       <c r="B95" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="C95" t="s">
         <v>386</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>387</v>
       </c>
       <c r="G95" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>389</v>
       </c>
       <c r="B96" t="s">
+        <v>354</v>
+      </c>
+      <c r="C96" t="s">
         <v>390</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" s="1" t="s">
+      <c r="G96" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
+        <v>393</v>
+      </c>
+      <c r="B97" t="s">
+        <v>354</v>
+      </c>
+      <c r="C97" t="s">
         <v>394</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="D97" t="s">
-[...5 lines deleted...]
-      <c r="F97" s="1" t="s">
+      <c r="G97" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
+        <v>397</v>
+      </c>
+      <c r="B98" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C98" t="s">
         <v>399</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G98" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>402</v>
       </c>
       <c r="B99" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C99" t="s">
         <v>403</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>404</v>
       </c>
       <c r="G99" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>406</v>
       </c>
       <c r="B100" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C100" t="s">
         <v>407</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="G100" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>410</v>
       </c>
       <c r="B101" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C101" t="s">
         <v>411</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>412</v>
       </c>
       <c r="G101" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>414</v>
       </c>
       <c r="B102" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C102" t="s">
         <v>415</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>416</v>
       </c>
       <c r="G102" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>418</v>
       </c>
       <c r="B103" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C103" t="s">
         <v>419</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G103" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>422</v>
       </c>
       <c r="B104" t="s">
+        <v>398</v>
+      </c>
+      <c r="C104" t="s">
         <v>423</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="D104" t="s">
-[...5 lines deleted...]
-      <c r="F104" s="1" t="s">
+      <c r="G104" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
+        <v>426</v>
+      </c>
+      <c r="B105" t="s">
+        <v>398</v>
+      </c>
+      <c r="C105" t="s">
         <v>427</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="D105" t="s">
-[...5 lines deleted...]
-      <c r="F105" s="1" t="s">
+      <c r="G105" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
+        <v>430</v>
+      </c>
+      <c r="B106" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="C106" t="s">
         <v>432</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>433</v>
       </c>
       <c r="G106" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>435</v>
       </c>
       <c r="B107" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C107" t="s">
         <v>436</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>437</v>
       </c>
       <c r="G107" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>439</v>
       </c>
       <c r="B108" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C108" t="s">
         <v>440</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>441</v>
       </c>
       <c r="G108" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>443</v>
       </c>
       <c r="B109" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C109" t="s">
         <v>444</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>445</v>
       </c>
       <c r="G109" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>447</v>
       </c>
       <c r="B110" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C110" t="s">
         <v>448</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>449</v>
       </c>
       <c r="G110" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>451</v>
       </c>
       <c r="B111" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C111" t="s">
         <v>452</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>453</v>
       </c>
       <c r="G111" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>455</v>
       </c>
       <c r="B112" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C112" t="s">
         <v>456</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>457</v>
       </c>
       <c r="G112" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>459</v>
       </c>
       <c r="B113" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C113" t="s">
         <v>460</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>461</v>
       </c>
       <c r="G113" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>463</v>
       </c>
       <c r="B114" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C114" t="s">
         <v>464</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>465</v>
       </c>
       <c r="G114" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>467</v>
       </c>
       <c r="B115" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C115" t="s">
         <v>468</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>469</v>
       </c>
       <c r="G115" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>471</v>
       </c>
       <c r="B116" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C116" t="s">
         <v>472</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>473</v>
       </c>
       <c r="G116" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>475</v>
       </c>
       <c r="B117" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="C117" t="s">
         <v>476</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>477</v>
       </c>
       <c r="G117" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>479</v>
       </c>
       <c r="B118" t="s">
+        <v>431</v>
+      </c>
+      <c r="C118" t="s">
         <v>480</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="D118" t="s">
-[...5 lines deleted...]
-      <c r="F118" s="1" t="s">
+      <c r="G118" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
+        <v>483</v>
+      </c>
+      <c r="B119" t="s">
+        <v>431</v>
+      </c>
+      <c r="C119" t="s">
         <v>484</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="D119" t="s">
-[...5 lines deleted...]
-      <c r="F119" s="1" t="s">
+      <c r="G119" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
+        <v>487</v>
+      </c>
+      <c r="B120" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="C120" t="s">
         <v>489</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>490</v>
       </c>
       <c r="G120" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>492</v>
       </c>
       <c r="B121" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C121" t="s">
         <v>493</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>494</v>
       </c>
       <c r="G121" t="s">
-        <v>478</v>
+        <v>495</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B122" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C122" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="G122" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B123" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C123" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G123" t="s">
-        <v>502</v>
+        <v>486</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>503</v>
       </c>
       <c r="B124" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C124" t="s">
         <v>504</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>505</v>
       </c>
       <c r="G124" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>507</v>
       </c>
       <c r="B125" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C125" t="s">
         <v>508</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>509</v>
       </c>
       <c r="G125" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>511</v>
       </c>
       <c r="B126" t="s">
+        <v>488</v>
+      </c>
+      <c r="C126" t="s">
         <v>512</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D126" t="s">
-[...5 lines deleted...]
-      <c r="F126" s="1" t="s">
+      <c r="G126" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
+        <v>515</v>
+      </c>
+      <c r="B127" t="s">
+        <v>488</v>
+      </c>
+      <c r="C127" t="s">
         <v>516</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="D127" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" t="s">
+        <v>11</v>
+      </c>
+      <c r="F127" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D127" t="s">
-[...5 lines deleted...]
-      <c r="F127" s="1" t="s">
+      <c r="G127" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
+        <v>519</v>
+      </c>
+      <c r="B128" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="C128" t="s">
         <v>521</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>522</v>
       </c>
       <c r="G128" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>524</v>
       </c>
       <c r="B129" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C129" t="s">
         <v>525</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>526</v>
       </c>
       <c r="G129" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>528</v>
       </c>
       <c r="B130" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C130" t="s">
         <v>529</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>530</v>
       </c>
       <c r="G130" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>532</v>
       </c>
       <c r="B131" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C131" t="s">
         <v>533</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>534</v>
       </c>
       <c r="G131" t="s">
-        <v>421</v>
+        <v>535</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B132" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C132" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G132" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B133" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C133" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="G133" t="s">
-        <v>542</v>
+        <v>429</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>543</v>
       </c>
       <c r="B134" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C134" t="s">
         <v>544</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>545</v>
       </c>
       <c r="G134" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>547</v>
       </c>
       <c r="B135" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C135" t="s">
         <v>548</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>549</v>
       </c>
       <c r="G135" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>551</v>
       </c>
       <c r="B136" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C136" t="s">
         <v>552</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>553</v>
       </c>
       <c r="G136" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>555</v>
       </c>
       <c r="B137" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C137" t="s">
         <v>556</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>557</v>
       </c>
       <c r="G137" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>559</v>
       </c>
       <c r="B138" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C138" t="s">
         <v>560</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>561</v>
       </c>
       <c r="G138" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>563</v>
       </c>
       <c r="B139" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C139" t="s">
         <v>564</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>565</v>
       </c>
       <c r="G139" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>567</v>
       </c>
       <c r="B140" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C140" t="s">
         <v>568</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G140" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>571</v>
       </c>
       <c r="B141" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="C141" t="s">
         <v>572</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>573</v>
       </c>
       <c r="G141" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B142" t="s">
-        <v>575</v>
+        <v>520</v>
       </c>
       <c r="C142" t="s">
         <v>576</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>577</v>
       </c>
       <c r="G142" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>579</v>
       </c>
       <c r="B143" t="s">
-        <v>575</v>
+        <v>520</v>
       </c>
       <c r="C143" t="s">
         <v>580</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>581</v>
       </c>
       <c r="G143" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
+        <v>582</v>
+      </c>
+      <c r="B144" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="C144" t="s">
         <v>584</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>585</v>
       </c>
       <c r="G144" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>587</v>
       </c>
       <c r="B145" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="C145" t="s">
         <v>588</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G145" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>591</v>
       </c>
       <c r="B146" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="C146" t="s">
         <v>592</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>593</v>
       </c>
       <c r="G146" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>595</v>
       </c>
       <c r="B147" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="C147" t="s">
         <v>596</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>597</v>
       </c>
       <c r="G147" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>599</v>
       </c>
       <c r="B148" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="C148" t="s">
         <v>600</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>601</v>
       </c>
       <c r="G148" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>603</v>
       </c>
       <c r="B149" t="s">
+        <v>583</v>
+      </c>
+      <c r="C149" t="s">
         <v>604</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" t="s">
+        <v>11</v>
+      </c>
+      <c r="F149" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="D149" t="s">
-[...5 lines deleted...]
-      <c r="F149" s="1" t="s">
+      <c r="G149" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
+        <v>607</v>
+      </c>
+      <c r="B150" t="s">
+        <v>583</v>
+      </c>
+      <c r="C150" t="s">
         <v>608</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="D150" t="s">
-[...5 lines deleted...]
-      <c r="F150" s="1" t="s">
+      <c r="G150" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
+        <v>611</v>
+      </c>
+      <c r="B151" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="C151" t="s">
         <v>613</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>614</v>
       </c>
       <c r="G151" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>616</v>
       </c>
       <c r="B152" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C152" t="s">
         <v>617</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>618</v>
       </c>
       <c r="G152" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>620</v>
       </c>
       <c r="B153" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C153" t="s">
         <v>621</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>622</v>
       </c>
       <c r="G153" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>624</v>
       </c>
       <c r="B154" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C154" t="s">
         <v>625</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>626</v>
       </c>
       <c r="G154" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>628</v>
       </c>
       <c r="B155" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C155" t="s">
         <v>629</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>630</v>
       </c>
       <c r="G155" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>632</v>
       </c>
       <c r="B156" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C156" t="s">
         <v>633</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>634</v>
       </c>
       <c r="G156" t="s">
-        <v>586</v>
+        <v>635</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B157" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C157" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G157" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B158" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C158" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="G158" t="s">
-        <v>642</v>
+        <v>594</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>643</v>
       </c>
       <c r="B159" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C159" t="s">
         <v>644</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>645</v>
       </c>
       <c r="G159" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>647</v>
       </c>
       <c r="B160" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C160" t="s">
         <v>648</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>649</v>
       </c>
       <c r="G160" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>651</v>
       </c>
       <c r="B161" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="C161" t="s">
         <v>652</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>653</v>
       </c>
       <c r="G161" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>655</v>
       </c>
       <c r="B162" t="s">
+        <v>612</v>
+      </c>
+      <c r="C162" t="s">
         <v>656</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="D162" t="s">
-[...5 lines deleted...]
-      <c r="F162" s="1" t="s">
+      <c r="G162" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
+        <v>659</v>
+      </c>
+      <c r="B163" t="s">
+        <v>612</v>
+      </c>
+      <c r="C163" t="s">
         <v>660</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="D163" t="s">
-[...5 lines deleted...]
-      <c r="F163" s="1" t="s">
+      <c r="G163" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
+        <v>663</v>
+      </c>
+      <c r="B164" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="C164" t="s">
         <v>665</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>666</v>
       </c>
       <c r="G164" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>668</v>
       </c>
       <c r="B165" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="C165" t="s">
         <v>669</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>670</v>
       </c>
       <c r="G165" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>672</v>
       </c>
       <c r="B166" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="C166" t="s">
         <v>673</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>674</v>
       </c>
       <c r="G166" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>676</v>
       </c>
       <c r="B167" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="C167" t="s">
         <v>677</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>678</v>
       </c>
       <c r="G167" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>680</v>
       </c>
       <c r="B168" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="C168" t="s">
         <v>681</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>682</v>
       </c>
       <c r="G168" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>684</v>
       </c>
       <c r="B169" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="C169" t="s">
         <v>685</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>686</v>
       </c>
       <c r="G169" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>688</v>
       </c>
       <c r="B170" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="C170" t="s">
         <v>689</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>690</v>
       </c>
       <c r="G170" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>692</v>
       </c>
       <c r="B171" t="s">
+        <v>664</v>
+      </c>
+      <c r="C171" t="s">
         <v>693</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
+        <v>11</v>
+      </c>
+      <c r="F171" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="D171" t="s">
-[...5 lines deleted...]
-      <c r="F171" s="1" t="s">
+      <c r="G171" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
+        <v>696</v>
+      </c>
+      <c r="B172" t="s">
+        <v>664</v>
+      </c>
+      <c r="C172" t="s">
         <v>697</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
+        <v>11</v>
+      </c>
+      <c r="F172" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="D172" t="s">
-[...5 lines deleted...]
-      <c r="F172" s="1" t="s">
+      <c r="G172" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>700</v>
+      </c>
+      <c r="B173" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="C173" t="s">
         <v>702</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>703</v>
       </c>
       <c r="G173" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>705</v>
       </c>
       <c r="B174" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C174" t="s">
         <v>706</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>707</v>
       </c>
       <c r="G174" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>709</v>
       </c>
       <c r="B175" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C175" t="s">
         <v>710</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>711</v>
       </c>
       <c r="G175" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>713</v>
       </c>
       <c r="B176" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C176" t="s">
         <v>714</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>715</v>
       </c>
       <c r="G176" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>717</v>
       </c>
       <c r="B177" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C177" t="s">
         <v>718</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>719</v>
       </c>
       <c r="G177" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>721</v>
       </c>
       <c r="B178" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C178" t="s">
         <v>722</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>723</v>
       </c>
       <c r="G178" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>725</v>
       </c>
       <c r="B179" t="s">
+        <v>701</v>
+      </c>
+      <c r="C179" t="s">
         <v>726</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="D179" t="s">
-[...5 lines deleted...]
-      <c r="F179" s="1" t="s">
+      <c r="G179" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
+        <v>729</v>
+      </c>
+      <c r="B180" t="s">
+        <v>701</v>
+      </c>
+      <c r="C180" t="s">
         <v>730</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="D180" t="s">
-[...5 lines deleted...]
-      <c r="F180" s="1" t="s">
+      <c r="G180" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>733</v>
+      </c>
+      <c r="B181" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="C181" t="s">
         <v>735</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>736</v>
       </c>
       <c r="G181" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>738</v>
       </c>
       <c r="B182" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C182" t="s">
         <v>739</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G182" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>742</v>
       </c>
       <c r="B183" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C183" t="s">
         <v>743</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>744</v>
       </c>
       <c r="G183" t="s">
-        <v>675</v>
+        <v>745</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B184" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C184" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="G184" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B185" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C185" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="G185" t="s">
-        <v>752</v>
+        <v>683</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>753</v>
       </c>
       <c r="B186" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C186" t="s">
         <v>754</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>755</v>
       </c>
       <c r="G186" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>757</v>
       </c>
       <c r="B187" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C187" t="s">
         <v>758</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>759</v>
       </c>
       <c r="G187" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>761</v>
       </c>
       <c r="B188" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C188" t="s">
         <v>762</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>763</v>
       </c>
       <c r="G188" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>765</v>
       </c>
       <c r="B189" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C189" t="s">
         <v>766</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>767</v>
       </c>
       <c r="G189" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>769</v>
       </c>
       <c r="B190" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C190" t="s">
         <v>770</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>771</v>
       </c>
       <c r="G190" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>773</v>
       </c>
       <c r="B191" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C191" t="s">
         <v>774</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>775</v>
       </c>
       <c r="G191" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>777</v>
       </c>
       <c r="B192" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C192" t="s">
         <v>778</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G192" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>781</v>
       </c>
       <c r="B193" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C193" t="s">
         <v>782</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>783</v>
       </c>
       <c r="G193" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>785</v>
       </c>
       <c r="B194" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C194" t="s">
         <v>786</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>787</v>
       </c>
       <c r="G194" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>789</v>
       </c>
       <c r="B195" t="s">
+        <v>734</v>
+      </c>
+      <c r="C195" t="s">
         <v>790</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="D195" t="s">
-[...5 lines deleted...]
-      <c r="F195" s="1" t="s">
+      <c r="G195" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>793</v>
       </c>
       <c r="B196" t="s">
-        <v>790</v>
+        <v>734</v>
       </c>
       <c r="C196" t="s">
         <v>794</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>795</v>
       </c>
       <c r="G196" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>797</v>
       </c>
       <c r="B197" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="C197" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="G197" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>801</v>
       </c>
       <c r="B198" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="C198" t="s">
         <v>802</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>803</v>
       </c>
       <c r="G198" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>805</v>
       </c>
       <c r="B199" t="s">
+        <v>798</v>
+      </c>
+      <c r="C199" t="s">
         <v>806</v>
       </c>
-      <c r="C199" t="s">
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="D199" t="s">
-[...5 lines deleted...]
-      <c r="F199" s="1" t="s">
+      <c r="G199" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>809</v>
+      </c>
+      <c r="B200" t="s">
+        <v>798</v>
+      </c>
+      <c r="C200" t="s">
         <v>810</v>
       </c>
-      <c r="B200" t="s">
-[...2 lines deleted...]
-      <c r="C200" t="s">
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="D200" t="s">
-[...5 lines deleted...]
-      <c r="F200" s="1" t="s">
+      <c r="G200" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>813</v>
+      </c>
+      <c r="B201" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="C201" t="s">
         <v>815</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>816</v>
       </c>
       <c r="G201" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>818</v>
       </c>
       <c r="B202" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="C202" t="s">
         <v>819</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>820</v>
       </c>
       <c r="G202" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>822</v>
       </c>
       <c r="B203" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="C203" t="s">
         <v>823</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>824</v>
       </c>
       <c r="G203" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>826</v>
       </c>
       <c r="B204" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="C204" t="s">
         <v>827</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>828</v>
       </c>
       <c r="G204" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>830</v>
       </c>
       <c r="B205" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="C205" t="s">
         <v>831</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>832</v>
       </c>
       <c r="G205" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>834</v>
       </c>
       <c r="B206" t="s">
+        <v>814</v>
+      </c>
+      <c r="C206" t="s">
         <v>835</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="D206" t="s">
-[...5 lines deleted...]
-      <c r="F206" s="1" t="s">
+      <c r="G206" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
+        <v>838</v>
+      </c>
+      <c r="B207" t="s">
+        <v>814</v>
+      </c>
+      <c r="C207" t="s">
         <v>839</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="D207" t="s">
-[...5 lines deleted...]
-      <c r="F207" s="1" t="s">
+      <c r="G207" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>842</v>
+      </c>
+      <c r="B208" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
       <c r="C208" t="s">
         <v>844</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>845</v>
       </c>
       <c r="G208" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>847</v>
       </c>
       <c r="B209" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C209" t="s">
         <v>848</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>849</v>
       </c>
       <c r="G209" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>851</v>
       </c>
       <c r="B210" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C210" t="s">
         <v>852</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>853</v>
       </c>
       <c r="G210" t="s">
-        <v>821</v>
+        <v>854</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B211" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C211" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="G211" t="s">
-        <v>838</v>
+        <v>858</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="B212" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C212" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="G212" t="s">
-        <v>860</v>
+        <v>829</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B213" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C213" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="G213" t="s">
-        <v>864</v>
+        <v>846</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>865</v>
       </c>
       <c r="B214" t="s">
+        <v>843</v>
+      </c>
+      <c r="C214" t="s">
         <v>866</v>
       </c>
-      <c r="C214" t="s">
+      <c r="D214" t="s">
+        <v>10</v>
+      </c>
+      <c r="E214" t="s">
+        <v>11</v>
+      </c>
+      <c r="F214" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="D214" t="s">
-[...5 lines deleted...]
-      <c r="F214" s="1" t="s">
+      <c r="G214" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
+        <v>869</v>
+      </c>
+      <c r="B215" t="s">
+        <v>843</v>
+      </c>
+      <c r="C215" t="s">
         <v>870</v>
       </c>
-      <c r="B215" t="s">
-[...2 lines deleted...]
-      <c r="C215" t="s">
+      <c r="D215" t="s">
+        <v>10</v>
+      </c>
+      <c r="E215" t="s">
+        <v>11</v>
+      </c>
+      <c r="F215" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="D215" t="s">
-[...5 lines deleted...]
-      <c r="F215" s="1" t="s">
+      <c r="G215" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
+        <v>873</v>
+      </c>
+      <c r="B216" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="C216" t="s">
         <v>875</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>876</v>
       </c>
       <c r="G216" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>878</v>
       </c>
       <c r="B217" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="C217" t="s">
         <v>879</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>880</v>
       </c>
       <c r="G217" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>882</v>
       </c>
       <c r="B218" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="C218" t="s">
         <v>883</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>884</v>
       </c>
       <c r="G218" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>886</v>
       </c>
       <c r="B219" t="s">
+        <v>874</v>
+      </c>
+      <c r="C219" t="s">
         <v>887</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="D219" t="s">
-[...5 lines deleted...]
-      <c r="F219" s="1" t="s">
+      <c r="G219" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>890</v>
+      </c>
+      <c r="B220" t="s">
+        <v>874</v>
+      </c>
+      <c r="C220" t="s">
         <v>891</v>
       </c>
-      <c r="B220" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s">
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
+        <v>11</v>
+      </c>
+      <c r="F220" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="D220" t="s">
-[...5 lines deleted...]
-      <c r="F220" s="1" t="s">
+      <c r="G220" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
+        <v>894</v>
+      </c>
+      <c r="B221" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
       <c r="C221" t="s">
         <v>896</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>897</v>
       </c>
       <c r="G221" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>899</v>
       </c>
       <c r="B222" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C222" t="s">
         <v>900</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>901</v>
       </c>
       <c r="G222" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>903</v>
       </c>
       <c r="B223" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C223" t="s">
         <v>904</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>905</v>
       </c>
       <c r="G223" t="s">
-        <v>890</v>
+        <v>906</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B224" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C224" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="G224" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B225" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C225" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="G225" t="s">
-        <v>913</v>
+        <v>898</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>914</v>
       </c>
       <c r="B226" t="s">
+        <v>895</v>
+      </c>
+      <c r="C226" t="s">
         <v>915</v>
       </c>
-      <c r="C226" t="s">
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
+        <v>11</v>
+      </c>
+      <c r="F226" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D226" t="s">
-[...5 lines deleted...]
-      <c r="F226" s="1" t="s">
+      <c r="G226" t="s">
         <v>917</v>
       </c>
-      <c r="G226" t="s">
+    </row>
+    <row r="227" spans="1:7">
+      <c r="A227" t="s">
         <v>918</v>
+      </c>
+      <c r="B227" t="s">
+        <v>895</v>
+      </c>
+      <c r="C227" t="s">
+        <v>919</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
+        <v>11</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="G227" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7">
+      <c r="A228" t="s">
+        <v>922</v>
+      </c>
+      <c r="B228" t="s">
+        <v>923</v>
+      </c>
+      <c r="C228" t="s">
+        <v>924</v>
+      </c>
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="G228" t="s">
+        <v>926</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -8559,50 +8629,52 @@
     <hyperlink ref="F202" r:id="rId201"/>
     <hyperlink ref="F203" r:id="rId202"/>
     <hyperlink ref="F204" r:id="rId203"/>
     <hyperlink ref="F205" r:id="rId204"/>
     <hyperlink ref="F206" r:id="rId205"/>
     <hyperlink ref="F207" r:id="rId206"/>
     <hyperlink ref="F208" r:id="rId207"/>
     <hyperlink ref="F209" r:id="rId208"/>
     <hyperlink ref="F210" r:id="rId209"/>
     <hyperlink ref="F211" r:id="rId210"/>
     <hyperlink ref="F212" r:id="rId211"/>
     <hyperlink ref="F213" r:id="rId212"/>
     <hyperlink ref="F214" r:id="rId213"/>
     <hyperlink ref="F215" r:id="rId214"/>
     <hyperlink ref="F216" r:id="rId215"/>
     <hyperlink ref="F217" r:id="rId216"/>
     <hyperlink ref="F218" r:id="rId217"/>
     <hyperlink ref="F219" r:id="rId218"/>
     <hyperlink ref="F220" r:id="rId219"/>
     <hyperlink ref="F221" r:id="rId220"/>
     <hyperlink ref="F222" r:id="rId221"/>
     <hyperlink ref="F223" r:id="rId222"/>
     <hyperlink ref="F224" r:id="rId223"/>
     <hyperlink ref="F225" r:id="rId224"/>
     <hyperlink ref="F226" r:id="rId225"/>
+    <hyperlink ref="F227" r:id="rId226"/>
+    <hyperlink ref="F228" r:id="rId227"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>